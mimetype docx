--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -1,238 +1,236 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="194D3F22" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00857C09" w:rsidRDefault="00CB1450" w:rsidP="00CB1450">
+    <w:p w14:paraId="69A7E765" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00857C09" w:rsidRDefault="00CB1450" w:rsidP="00CB1450">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00474F56">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A5406CE" wp14:editId="7495C3D5">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="34B54C02" wp14:editId="2A31C830">
             <wp:extent cx="2028825" cy="2133600"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="2" name="Picture 2" descr="P:\E. Communications, Publications &amp; Events\Logos &amp; Style Guides\EWC\Standard logos and style guide\EWC Colour Logo without box.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="P:\E. Communications, Publications &amp; Events\Logos &amp; Style Guides\EWC\Standard logos and style guide\EWC Colour Logo without box.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2028825" cy="2133600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="437BC5E8" w14:textId="77777777" w:rsidR="00C167AF" w:rsidRPr="00857C09" w:rsidRDefault="00C167AF" w:rsidP="00902D8F">
+    <w:p w14:paraId="69650CFE" w14:textId="77777777" w:rsidR="00C167AF" w:rsidRPr="00857C09" w:rsidRDefault="00C167AF" w:rsidP="00902D8F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E6424DA" w14:textId="77777777" w:rsidR="00C167AF" w:rsidRPr="00857C09" w:rsidRDefault="00C167AF" w:rsidP="00902D8F">
+    <w:p w14:paraId="64B05D6A" w14:textId="77777777" w:rsidR="00C167AF" w:rsidRPr="00857C09" w:rsidRDefault="00C167AF" w:rsidP="00902D8F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62E6BBA6" w14:textId="77777777" w:rsidR="005D2070" w:rsidRPr="00255D96" w:rsidRDefault="00902D8F" w:rsidP="00902D8F">
+    <w:p w14:paraId="5CFC8FFC" w14:textId="77777777" w:rsidR="005D2070" w:rsidRPr="00255D96" w:rsidRDefault="00902D8F" w:rsidP="00902D8F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255D96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve">Proforma for the submission of ITE programmes for professional </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="48B9C444" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00255D96" w:rsidRDefault="00CD1F99" w:rsidP="00902D8F">
+        <w:t xml:space="preserve">Proforma for the submission of ITE programmes for </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="602CA6A3" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00255D96" w:rsidRDefault="00CD1F99" w:rsidP="00902D8F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255D96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>re</w:t>
       </w:r>
       <w:r w:rsidR="00902D8F" w:rsidRPr="00255D96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>accreditation by the EWC</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19AB534D" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00857C09" w:rsidRDefault="00902D8F">
-[...20 lines deleted...]
-    <w:p w14:paraId="4185D47B" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00A922A2" w:rsidRDefault="00D30718">
+    <w:p w14:paraId="2C01B13A" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00857C09" w:rsidRDefault="00902D8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57F8DB21" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00857C09" w:rsidRDefault="00902D8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00FB71C2" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00857C09" w:rsidRDefault="00902D8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4947E11D" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00A922A2" w:rsidRDefault="00D30718">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A922A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>How to complete this proforma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46355464" w14:textId="77777777" w:rsidR="00D30718" w:rsidRPr="00857C09" w:rsidRDefault="00D30718">
-[...6 lines deleted...]
-    <w:p w14:paraId="06F354C7" w14:textId="2FF0B210" w:rsidR="00063E61" w:rsidRDefault="00063E61" w:rsidP="00856AA6">
+    <w:p w14:paraId="6593F3DE" w14:textId="77777777" w:rsidR="00D30718" w:rsidRPr="00857C09" w:rsidRDefault="00D30718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77FF8B40" w14:textId="77777777" w:rsidR="00063E61" w:rsidRDefault="00063E61" w:rsidP="00856AA6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Please complete </w:t>
       </w:r>
       <w:r w:rsidRPr="001B0091">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>one proforma for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -259,249 +257,236 @@
         </w:rPr>
         <w:t>re</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">accreditation.  </w:t>
       </w:r>
       <w:r w:rsidR="004D26FB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Where a partnership is submitting more than one programme, EWC acknowledges that the partnership is likely to duplicate some information, particularly </w:t>
       </w:r>
       <w:r w:rsidR="00A922A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>in section one</w:t>
       </w:r>
       <w:r w:rsidR="00B60F94">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>. However it is important that the partnership understands that programmes will be assessed individually, and therefore applications should repeat information where appropriate, rather than cross-referring to other applications</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B60F94">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>However</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B60F94">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it is important that the partnership understands that programmes will be assessed individually, and therefore applications should repeat information where appropriate, rather than cross-referring to other applications</w:t>
       </w:r>
       <w:r w:rsidR="004E32C6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4007FE9B" w14:textId="77777777" w:rsidR="00063E61" w:rsidRDefault="00063E61" w:rsidP="00063E61">
-[...7 lines deleted...]
-    <w:p w14:paraId="0DBF4F83" w14:textId="39547FC4" w:rsidR="008525CD" w:rsidRPr="001B0091" w:rsidRDefault="00C10A07" w:rsidP="001B0091">
+    <w:p w14:paraId="218DFCE7" w14:textId="77777777" w:rsidR="00613322" w:rsidRPr="00AC5A30" w:rsidRDefault="00613322" w:rsidP="00AC5A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F2BFE10" w14:textId="77777777" w:rsidR="00AC5A30" w:rsidRDefault="00613322" w:rsidP="00AC5A30">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B0091">
-[...23 lines deleted...]
-      <w:r w:rsidR="00C44228" w:rsidRPr="001B0091">
+      <w:r w:rsidRPr="00613322">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Please c</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5A30">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>omplete every section of the re</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00613322">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">accreditation template, stating the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5A30">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>changes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00613322">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (planned or implemented) made since the last accreditation. Where nothing has changed, it is perfectly acceptable (and encouraged) to write </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5A30">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>“No change.”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00613322">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> For each heading, set out changes in relation to</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5A30">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35BE84FA" w14:textId="77777777" w:rsidR="00AC5A30" w:rsidRPr="00AC5A30" w:rsidRDefault="00AC5A30" w:rsidP="00AC5A30">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69004A80" w14:textId="77777777" w:rsidR="00AC5A30" w:rsidRDefault="00AC5A30" w:rsidP="00AC5A30">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00613322">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>the updated accreditation criteria and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00613322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001B0091" w:rsidRPr="001B0091">
-[...139 lines deleted...]
-    <w:p w14:paraId="3BEBA63C" w14:textId="23850F60" w:rsidR="00F2108B" w:rsidRDefault="00732C32" w:rsidP="004F6628">
+    </w:p>
+    <w:p w14:paraId="1A467E0A" w14:textId="48725D90" w:rsidR="00AC5A30" w:rsidRDefault="007C578A" w:rsidP="00860165">
+      <w:pPr>
+        <w:ind w:left="360" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860165">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>the partnership’s own improvement planning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="667C29F6" w14:textId="77777777" w:rsidR="00860165" w:rsidRDefault="00860165" w:rsidP="00AC5A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D5E0AB8" w14:textId="77777777" w:rsidR="00AC5A30" w:rsidRPr="00AC5A30" w:rsidRDefault="00AC5A30" w:rsidP="00AC5A30">
+      <w:pPr>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The aim is to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5A30">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>show how the programme continues to realise the Vision for ITE (Section A). Distinguish clearly between planned and implemented changes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BCDFA74" w14:textId="77777777" w:rsidR="001D362D" w:rsidRPr="001D362D" w:rsidRDefault="001D362D" w:rsidP="00860165">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="680E0429" w14:textId="77777777" w:rsidR="00F2108B" w:rsidRDefault="00732C32" w:rsidP="004F6628">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Once you have completed this proforma, please </w:t>
       </w:r>
       <w:r w:rsidR="00F2108B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">email it to EWC at </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00F2108B" w:rsidRPr="00475746">
           <w:rPr>
@@ -604,462 +589,454 @@
       <w:r w:rsidR="000A322A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> within ‘</w:t>
       </w:r>
       <w:r w:rsidR="004F6628" w:rsidRPr="004F6628">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Submitting a programme of Initial Teacher Education to EWC for reaccreditation</w:t>
       </w:r>
       <w:r w:rsidR="000A322A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>’.</w:t>
       </w:r>
       <w:r w:rsidR="000455AC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Programmes received after this date will not be considered.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A5531A0" w14:textId="77777777" w:rsidR="00856AA6" w:rsidRPr="006354B2" w:rsidRDefault="00856AA6" w:rsidP="006354B2">
+    <w:p w14:paraId="7CC298CB" w14:textId="77777777" w:rsidR="00856AA6" w:rsidRPr="006354B2" w:rsidRDefault="00856AA6" w:rsidP="006354B2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="115D9B33" w14:textId="77777777" w:rsidR="00856AA6" w:rsidRPr="003A1A24" w:rsidRDefault="00856AA6" w:rsidP="00F2108B">
+    <w:p w14:paraId="506CA645" w14:textId="77777777" w:rsidR="00F2108B" w:rsidRPr="00706433" w:rsidRDefault="00F2108B" w:rsidP="00706433">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...58 lines deleted...]
-    <w:p w14:paraId="146338D0" w14:textId="58444525" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="00BB2A42" w:rsidP="005527E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73338F16" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="00BB2A42" w:rsidP="00AC5A30">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Programme</w:t>
       </w:r>
       <w:r w:rsidR="005527E0" w:rsidRPr="00A922A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>summary</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D8751F0" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0">
+    <w:p w14:paraId="1C054005" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3823"/>
         <w:gridCol w:w="5805"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005527E0" w:rsidRPr="00A922A2" w14:paraId="01FF46A0" w14:textId="77777777" w:rsidTr="008F277C">
+      <w:tr w:rsidR="005527E0" w:rsidRPr="00A922A2" w14:paraId="0FB4B920" w14:textId="77777777" w:rsidTr="008F277C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B5F3DE1" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="008F277C" w:rsidP="005527E0">
+          <w:p w14:paraId="1075D191" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="008F277C" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A922A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Partnership details</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FD5A479" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00091B56" w:rsidRDefault="00860099" w:rsidP="005527E0">
+          <w:p w14:paraId="12F561AC" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00091B56" w:rsidRDefault="00860099" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091B56">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">(including list of </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00091B56">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>including</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00091B56">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> list of </w:t>
             </w:r>
             <w:r w:rsidR="00E320E0" w:rsidRPr="00091B56">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">lead partner </w:t>
             </w:r>
             <w:r w:rsidRPr="00091B56">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>schools)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22139797" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00A922A2" w:rsidRDefault="00E22D1A" w:rsidP="005527E0">
+          <w:p w14:paraId="6AB0CD96" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00A922A2" w:rsidRDefault="00E22D1A" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="64AB4954" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="1BCBE5FC" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A2914AD" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="7842BD00" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="350AFFAC" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="33599BA4" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005527E0" w:rsidRPr="00A922A2" w14:paraId="17BE2EFC" w14:textId="77777777" w:rsidTr="008F277C">
+      <w:tr w:rsidR="005527E0" w:rsidRPr="00A922A2" w14:paraId="5BB6EEA4" w14:textId="77777777" w:rsidTr="008F277C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39451322" w14:textId="77777777" w:rsidR="00860099" w:rsidRPr="00A922A2" w:rsidRDefault="008F277C" w:rsidP="005527E0">
+          <w:p w14:paraId="232EAC3C" w14:textId="77777777" w:rsidR="00860099" w:rsidRPr="00A922A2" w:rsidRDefault="008F277C" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A922A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programme title and details</w:t>
             </w:r>
             <w:r w:rsidR="00860099" w:rsidRPr="00A922A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00860099" w:rsidRPr="00091B56">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(e.g. subject, language, number of places sought, age group)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00860099" w:rsidRPr="00091B56">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>e.g.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00860099" w:rsidRPr="00091B56">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> subject, language, number of places sought, age group)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29FBE33C" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="509248B2" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3F494425" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="16FBB8C5" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78C826FD" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="51EC2AD1" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="318CB92A" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="6C33782D" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7EA84078" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="0D9657E7" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00817DEF" w:rsidRPr="00A922A2" w14:paraId="1EC817E4" w14:textId="77777777" w:rsidTr="008F277C">
+      <w:tr w:rsidR="00817DEF" w:rsidRPr="00A922A2" w14:paraId="68F0D1C6" w14:textId="77777777" w:rsidTr="008F277C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="761D48E5" w14:textId="77777777" w:rsidR="00817DEF" w:rsidRPr="00A922A2" w:rsidRDefault="008F277C" w:rsidP="00817DEF">
+          <w:p w14:paraId="13EDEC7D" w14:textId="77777777" w:rsidR="00817DEF" w:rsidRPr="00A922A2" w:rsidRDefault="008F277C" w:rsidP="00817DEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A922A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Confirmation of academic validation </w:t>
             </w:r>
             <w:r w:rsidR="00817DEF" w:rsidRPr="00091B56">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00DD68BA" w:rsidRPr="00091B56">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>please attach copy</w:t>
             </w:r>
             <w:r w:rsidR="00817DEF" w:rsidRPr="00091B56">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C8260BE" w14:textId="77777777" w:rsidR="00817DEF" w:rsidRPr="00A922A2" w:rsidRDefault="00817DEF" w:rsidP="00817DEF">
+          <w:p w14:paraId="299621E5" w14:textId="77777777" w:rsidR="00817DEF" w:rsidRDefault="00817DEF" w:rsidP="00817DEF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F9F27A7" w14:textId="77777777" w:rsidR="00AC5A30" w:rsidRPr="00A922A2" w:rsidRDefault="00AC5A30" w:rsidP="00817DEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10C63411" w14:textId="77777777" w:rsidR="00817DEF" w:rsidRPr="00A922A2" w:rsidRDefault="00817DEF" w:rsidP="005527E0">
+          <w:p w14:paraId="17C12D3A" w14:textId="77777777" w:rsidR="00817DEF" w:rsidRPr="00A922A2" w:rsidRDefault="00817DEF" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005527E0" w:rsidRPr="00A922A2" w14:paraId="56A8A511" w14:textId="77777777" w:rsidTr="008F277C">
+      <w:tr w:rsidR="005527E0" w:rsidRPr="00A922A2" w14:paraId="5088AEB7" w14:textId="77777777" w:rsidTr="008F277C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D4943A4" w14:textId="19EA751F" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="008F277C" w:rsidP="005527E0">
+          <w:p w14:paraId="79AC929C" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="008F277C" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A922A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Submitted by</w:t>
             </w:r>
             <w:r w:rsidR="00B01473" w:rsidRPr="00A922A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
@@ -1070,448 +1047,383 @@
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="00A922A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>artnership lead contact</w:t>
             </w:r>
             <w:r w:rsidR="00B01473" w:rsidRPr="00A922A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EB4E528" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00091B56" w:rsidRDefault="001D34BC" w:rsidP="005527E0">
+          <w:p w14:paraId="6C816A46" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00091B56" w:rsidRDefault="001D34BC" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091B56">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(N</w:t>
             </w:r>
             <w:r w:rsidR="005527E0" w:rsidRPr="00091B56">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ame, </w:t>
             </w:r>
             <w:r w:rsidR="00291C71" w:rsidRPr="00091B56">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">position, </w:t>
             </w:r>
             <w:r w:rsidR="005527E0" w:rsidRPr="00091B56">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>address, email and telephone details)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CC83606" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="3BD6E628" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="27CD862F" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="3E486792" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12A1723F" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="7ABA1A1C" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B01473" w:rsidRPr="00A922A2" w14:paraId="71333DC0" w14:textId="77777777" w:rsidTr="008F277C">
+      <w:tr w:rsidR="00B01473" w:rsidRPr="00A922A2" w14:paraId="6B938A56" w14:textId="77777777" w:rsidTr="008F277C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1ED15046" w14:textId="729DDF3D" w:rsidR="00B01473" w:rsidRPr="00A922A2" w:rsidRDefault="00091B56" w:rsidP="005527E0">
+          <w:p w14:paraId="26A376C7" w14:textId="77777777" w:rsidR="00B01473" w:rsidRPr="00A922A2" w:rsidRDefault="00091B56" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Electronic s</w:t>
             </w:r>
             <w:r w:rsidR="008F277C" w:rsidRPr="00A922A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ignature</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F0151C3" w14:textId="77777777" w:rsidR="00AC450C" w:rsidRPr="00A922A2" w:rsidRDefault="00AC450C" w:rsidP="005527E0">
+          <w:p w14:paraId="68107107" w14:textId="77777777" w:rsidR="00AC450C" w:rsidRPr="00A922A2" w:rsidRDefault="00AC450C" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="50AA98DB" w14:textId="77777777" w:rsidR="00B01473" w:rsidRPr="00A922A2" w:rsidRDefault="00B01473" w:rsidP="005527E0">
+          <w:p w14:paraId="59CD1759" w14:textId="77777777" w:rsidR="00B01473" w:rsidRPr="00A922A2" w:rsidRDefault="00B01473" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BB6DC6E" w14:textId="77777777" w:rsidR="00B01473" w:rsidRPr="00A922A2" w:rsidRDefault="00B01473" w:rsidP="005527E0">
+          <w:p w14:paraId="2C058A33" w14:textId="77777777" w:rsidR="00B01473" w:rsidRPr="00A922A2" w:rsidRDefault="00B01473" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0098643B" w:rsidRPr="00A922A2" w14:paraId="1CD91423" w14:textId="77777777" w:rsidTr="008F277C">
+      <w:tr w:rsidR="0098643B" w:rsidRPr="00A922A2" w14:paraId="4768B6F5" w14:textId="77777777" w:rsidTr="008F277C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55D4EE21" w14:textId="77777777" w:rsidR="0098643B" w:rsidRPr="00A922A2" w:rsidRDefault="008F277C" w:rsidP="005527E0">
+          <w:p w14:paraId="162EEDD8" w14:textId="77777777" w:rsidR="0098643B" w:rsidRPr="00A922A2" w:rsidRDefault="008F277C" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A922A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date of submission</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64C039BC" w14:textId="77777777" w:rsidR="0098643B" w:rsidRPr="00A922A2" w:rsidRDefault="0098643B" w:rsidP="005527E0">
+          <w:p w14:paraId="216740D3" w14:textId="77777777" w:rsidR="0098643B" w:rsidRPr="00A922A2" w:rsidRDefault="0098643B" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3D73C1A8" w14:textId="77777777" w:rsidR="0098643B" w:rsidRPr="00A922A2" w:rsidRDefault="0098643B" w:rsidP="005527E0">
+          <w:p w14:paraId="112EB1D3" w14:textId="77777777" w:rsidR="0098643B" w:rsidRPr="00A922A2" w:rsidRDefault="0098643B" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4EE64ED7" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0">
-[...8 lines deleted...]
-    <w:p w14:paraId="746B7CEC" w14:textId="77777777" w:rsidR="00C167AF" w:rsidRPr="009C12BA" w:rsidRDefault="005527E0" w:rsidP="00C167AF">
+    <w:p w14:paraId="173F9D8A" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A922A2" w:rsidRDefault="005527E0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E8B6403" w14:textId="77777777" w:rsidR="00C167AF" w:rsidRPr="009C12BA" w:rsidRDefault="005527E0" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A922A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Ref127894227"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc129340786"/>
+      <w:bookmarkStart w:id="0" w:name="_Ref127894227"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc129340786"/>
       <w:r w:rsidR="00145F36" w:rsidRPr="009C12BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Programme structures and processes</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:bookmarkEnd w:id="2"/>
-[...73 lines deleted...]
-    <w:p w14:paraId="268EEC85" w14:textId="3EE370AE" w:rsidR="00E660FB" w:rsidRDefault="00E660FB" w:rsidP="00E660FB">
+    </w:p>
+    <w:p w14:paraId="4488BFB9" w14:textId="77777777" w:rsidR="00857C09" w:rsidRPr="00857C09" w:rsidRDefault="00857C09" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D300721" w14:textId="77777777" w:rsidR="00E660FB" w:rsidRDefault="00E660FB" w:rsidP="00E660FB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="541475FE" w14:textId="77777777" w:rsidR="00E660FB" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00E660FB">
+    <w:p w14:paraId="468E5E8B" w14:textId="77777777" w:rsidR="00E660FB" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00E660FB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Ref112399049"/>
-      <w:bookmarkStart w:id="4" w:name="_Toc129340787"/>
+      <w:bookmarkStart w:id="2" w:name="_Ref112399049"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc129340787"/>
       <w:r w:rsidR="00E660FB" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>The Partnership’s leadership and management</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="4"/>
-[...38 lines deleted...]
-    <w:p w14:paraId="4D1B2897" w14:textId="77777777" w:rsidR="0027147A" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+    </w:p>
+    <w:p w14:paraId="5ECDE75E" w14:textId="77777777" w:rsidR="000B1135" w:rsidRPr="00BB2A42" w:rsidRDefault="000B1135" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C31D811" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00BB2A42" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F3AD2A0" w14:textId="77777777" w:rsidR="00D23865" w:rsidRPr="00BB2A42" w:rsidRDefault="00D23865" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EAF24C8" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00BB2A42" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3022F2A3" w14:textId="77777777" w:rsidR="0027147A" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.2 </w:t>
@@ -1531,91 +1443,91 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Criteria for the inclusion of schools</w:t>
       </w:r>
       <w:r w:rsidR="00E660FB" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the P</w:t>
       </w:r>
       <w:r w:rsidR="00D82C9C" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>artnership</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25F0FD00" w14:textId="77777777" w:rsidR="0027147A" w:rsidRPr="00BB2A42" w:rsidRDefault="0027147A" w:rsidP="00C167AF">
-[...39 lines deleted...]
-    <w:p w14:paraId="79AD2FF9" w14:textId="77777777" w:rsidR="00A24C1F" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+    <w:p w14:paraId="47C312DC" w14:textId="77777777" w:rsidR="0027147A" w:rsidRPr="00BB2A42" w:rsidRDefault="0027147A" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21B74BE1" w14:textId="77777777" w:rsidR="0027147A" w:rsidRPr="00BB2A42" w:rsidRDefault="0027147A" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FE6B4EF" w14:textId="77777777" w:rsidR="00D23865" w:rsidRPr="00BB2A42" w:rsidRDefault="00D23865" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20B7DF29" w14:textId="77777777" w:rsidR="00D23865" w:rsidRPr="00BB2A42" w:rsidRDefault="00D23865" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48F8F36C" w14:textId="77777777" w:rsidR="00A24C1F" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.3 </w:t>
@@ -1644,152 +1556,152 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es and responsibilities in all P</w:t>
       </w:r>
       <w:r w:rsidR="00F068CC" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>artner schools</w:t>
       </w:r>
       <w:r w:rsidR="00D473A9" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04164EFC" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00BB2A42" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
-[...35 lines deleted...]
-    <w:p w14:paraId="7838C907" w14:textId="77777777" w:rsidR="00E660FB" w:rsidRPr="00BB2A42" w:rsidRDefault="00E660FB" w:rsidP="00C167AF">
+    <w:p w14:paraId="119F53AC" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00BB2A42" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2859B45E" w14:textId="77777777" w:rsidR="00D23865" w:rsidRPr="00BB2A42" w:rsidRDefault="00D23865" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14694D8C" w14:textId="77777777" w:rsidR="00D23865" w:rsidRPr="00BB2A42" w:rsidRDefault="00D23865" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26D0ADB5" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00BB2A42" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EA4B4EC" w14:textId="77777777" w:rsidR="00E660FB" w:rsidRPr="00BB2A42" w:rsidRDefault="00E660FB" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.4</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Roles and responsibilities of Lead Partner Schools</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="358509A7" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00BB2A42" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
-[...35 lines deleted...]
-    <w:p w14:paraId="12ED18FC" w14:textId="77777777" w:rsidR="00464E48" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00A24C1F">
+    <w:p w14:paraId="7FBD961A" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00BB2A42" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27345184" w14:textId="77777777" w:rsidR="00E660FB" w:rsidRPr="00BB2A42" w:rsidRDefault="00E660FB" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D28085A" w14:textId="77777777" w:rsidR="00E660FB" w:rsidRPr="00BB2A42" w:rsidRDefault="00E660FB" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23D51E8B" w14:textId="77777777" w:rsidR="00E660FB" w:rsidRPr="00BB2A42" w:rsidRDefault="00E660FB" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="420176AA" w14:textId="77777777" w:rsidR="00464E48" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00A24C1F">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00E660FB" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1810,89 +1722,89 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CE4A42" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The role of HEIs</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CE4444E" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00BB2A42" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
-[...37 lines deleted...]
-    <w:p w14:paraId="63B90964" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+    <w:p w14:paraId="4D322C20" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00BB2A42" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18D3B5B3" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00BB2A42" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CEE40FD" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00BB2A42" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B3FDCCA" w14:textId="77777777" w:rsidR="0027147A" w:rsidRPr="00BB2A42" w:rsidRDefault="0027147A" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C05F1AC" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00E660FB" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.6</w:t>
@@ -1903,369 +1815,313 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A835A8" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Welsh language</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CAA1EFD" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00BB2A42" w:rsidRDefault="00E22D1A">
+    <w:p w14:paraId="1B15277B" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00BB2A42" w:rsidRDefault="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3573ABB3" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00BB2A42" w:rsidRDefault="00E22D1A">
+    <w:p w14:paraId="159864EA" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00BB2A42" w:rsidRDefault="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="318EB910" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00BB2A42" w:rsidRDefault="00E22D1A">
+    <w:p w14:paraId="12642693" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00BB2A42" w:rsidRDefault="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B5E55C8" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00BB2A42" w:rsidRDefault="00E22D1A">
+    <w:p w14:paraId="27288668" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00BB2A42" w:rsidRDefault="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D0DB19E" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00BB2A42" w:rsidRDefault="00E22D1A">
+    <w:p w14:paraId="58B915AD" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00BB2A42" w:rsidRDefault="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1164040B" w14:textId="2AF6EE0B" w:rsidR="00371750" w:rsidRPr="00647518" w:rsidRDefault="00E22D1A">
+    <w:p w14:paraId="4F817C24" w14:textId="77777777" w:rsidR="00371750" w:rsidRPr="00647518" w:rsidRDefault="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00647518">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please provide any other relevant </w:t>
       </w:r>
       <w:r w:rsidR="00A922A2" w:rsidRPr="00647518">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>information you wish the c</w:t>
       </w:r>
       <w:r w:rsidRPr="00647518">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ommittee to consider</w:t>
       </w:r>
       <w:r w:rsidR="00A922A2" w:rsidRPr="00647518">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00371750" w:rsidRPr="00647518">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44FBE766" w14:textId="77777777" w:rsidR="002E1BCD" w:rsidRPr="009C12BA" w:rsidRDefault="00902029" w:rsidP="002E1BCD">
+    <w:p w14:paraId="3584594E" w14:textId="77777777" w:rsidR="002E1BCD" w:rsidRPr="009C12BA" w:rsidRDefault="00902029" w:rsidP="002E1BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C12BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Programme i</w:t>
       </w:r>
       <w:r w:rsidR="007171A2" w:rsidRPr="009C12BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>nputs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EE8FFE3" w14:textId="77777777" w:rsidR="002E1BCD" w:rsidRPr="00857C09" w:rsidRDefault="002E1BCD" w:rsidP="002E1BCD">
-[...64 lines deleted...]
-    <w:p w14:paraId="7A95D327" w14:textId="77777777" w:rsidR="00A07817" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00A07817">
+    <w:p w14:paraId="7937711E" w14:textId="77777777" w:rsidR="000B1135" w:rsidRPr="00BB2A42" w:rsidRDefault="000B1135" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EFB8C66" w14:textId="77777777" w:rsidR="00A07817" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00A07817">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Toc129340794"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc129340794"/>
       <w:r w:rsidR="00A07817" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>The vision for student teachers’ learning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="47B016BA" w14:textId="77777777" w:rsidR="002E1BCD" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="734612AC" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00BB2A42" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="624746B8" w14:textId="77777777" w:rsidR="009401C0" w:rsidRPr="00BB2A42" w:rsidRDefault="009401C0" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6370F2F5" w14:textId="77777777" w:rsidR="002E1BCD" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.2 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002E1BCD" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Course aims</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4964AB92" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00BB2A42" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
-[...17 lines deleted...]
-    <w:p w14:paraId="2632B898" w14:textId="15694E57" w:rsidR="002E1BCD" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+    <w:p w14:paraId="7F259357" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00BB2A42" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F9277D9" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00BB2A42" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="110CBACB" w14:textId="77777777" w:rsidR="002E1BCD" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.3 </w:t>
@@ -2285,1331 +2141,1429 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Types of </w:t>
       </w:r>
       <w:r w:rsidR="00A922A2" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00A07817" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ourse</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02E0589E" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00BB2A42" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
-[...17 lines deleted...]
-    <w:p w14:paraId="698B91FF" w14:textId="77777777" w:rsidR="00A07817" w:rsidRPr="00BB2A42" w:rsidRDefault="00A07817" w:rsidP="00A07817">
+    <w:p w14:paraId="3066B3FF" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00BB2A42" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F140497" w14:textId="77777777" w:rsidR="00A07817" w:rsidRPr="00BB2A42" w:rsidRDefault="00A07817" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E011594" w14:textId="77777777" w:rsidR="00A07817" w:rsidRPr="00BB2A42" w:rsidRDefault="00A07817" w:rsidP="00A07817">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>5.4</w:t>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="_Ref115192286"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="_Toc129340797"/>
+      <w:bookmarkStart w:id="5" w:name="_Ref115192286"/>
+      <w:bookmarkStart w:id="6" w:name="_Ref115338358"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc129340797"/>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
         <w:t>Course design and areas of study</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="3AA5D15E" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00BB2A42" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="065DCDB5" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00BB2A42" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57A941F7" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0060749B" w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.5</w:t>
+      </w:r>
+      <w:r w:rsidR="0027147A" w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24C1F" w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002E1BCD" w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Entry requirements and selection procedures</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="135476D3" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00BB2A42" w:rsidRDefault="00E22D1A" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A5F4B2E" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00BB2A42" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24D3E4FA" w14:textId="77777777" w:rsidR="0060749B" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="0060749B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0027147A" w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.6 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24C1F" w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="_Toc129340799"/>
+      <w:r w:rsidR="00F920C9" w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Curriculum for Wales and</w:t>
+      </w:r>
+      <w:r w:rsidR="0060749B" w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> subject studies</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="8"/>
-    </w:p>
-[...24 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0060749B" w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70040650" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00BB2A42" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65730D71" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00BB2A42" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09D794ED" w14:textId="77777777" w:rsidR="002E1BCD" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00F920C9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
+      <w:r w:rsidR="0027147A" w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.7 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24C1F" w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="_Toc129340800"/>
       <w:r w:rsidR="0060749B" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>.5</w:t>
+        </w:rPr>
+        <w:t>Identifying and meeting the needs of learners with Additional Learning Needs</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="2E78F8A7" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00BB2A42" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71E7ED1D" w14:textId="77777777" w:rsidR="00032D1C" w:rsidRPr="00BB2A42" w:rsidRDefault="00032D1C" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6980788E" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">.8 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002E1BCD" w:rsidRPr="00BB2A42">
-[...27 lines deleted...]
-    <w:p w14:paraId="707A5FA7" w14:textId="77777777" w:rsidR="0060749B" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="0060749B">
+      <w:r w:rsidR="0060749B" w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Well</w:t>
+      </w:r>
+      <w:r w:rsidR="00D457F0" w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>being</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="009DC5B8" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00BB2A42" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FB6C70F" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00BB2A42" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61FF7286" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00F920C9">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">.6 </w:t>
+        <w:t xml:space="preserve">.9 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_Toc129340799"/>
-[...5 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Ref115192337"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc129340802"/>
       <w:r w:rsidR="0060749B" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> subject studies</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="9"/>
+        <w:t>Programme content</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="1FD96F73" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00BB2A42" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73955069" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00BB2A42" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="423AD0D8" w14:textId="77777777" w:rsidR="00693BC0" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0027147A" w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.10 </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0F0C" w:rsidRPr="00BB2A42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="0060749B" w:rsidRPr="00BB2A42">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
-[...243 lines deleted...]
-        <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>School experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35EECF9D" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00BB2A42" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
-[...19 lines deleted...]
-    <w:p w14:paraId="7529D35B" w14:textId="77777777" w:rsidR="0060749B" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="0060749B">
+    <w:p w14:paraId="656ABC51" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00BB2A42" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AC76510" w14:textId="77777777" w:rsidR="00693BC0" w:rsidRPr="00BB2A42" w:rsidRDefault="00693BC0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E7CF765" w14:textId="77777777" w:rsidR="0060749B" w:rsidRPr="00BB2A42" w:rsidRDefault="00A36F08" w:rsidP="0060749B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00693BC0" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.11</w:t>
       </w:r>
       <w:r w:rsidR="00693BC0" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="_Toc129340804"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc129340804"/>
       <w:r w:rsidR="0060749B" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>The Equality Act 2010, United Nations Convention of the Rights of the Child (UNCRC) and the United Nations Convention on the rights of Persons with Disabilities (UNCRPD)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="0060749B" w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="609E3F9F" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00BB2A42" w:rsidRDefault="00F920C9" w:rsidP="0060749B">
-[...17 lines deleted...]
-    <w:p w14:paraId="1AE175E1" w14:textId="77777777" w:rsidR="0060749B" w:rsidRPr="00BB2A42" w:rsidRDefault="0060749B" w:rsidP="0060749B">
+    <w:p w14:paraId="7B2BBCB2" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00BB2A42" w:rsidRDefault="00F920C9" w:rsidP="0060749B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57F30527" w14:textId="77777777" w:rsidR="00CD1F99" w:rsidRPr="00BB2A42" w:rsidRDefault="00CD1F99" w:rsidP="0060749B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21199930" w14:textId="77777777" w:rsidR="0060749B" w:rsidRPr="00BB2A42" w:rsidRDefault="0060749B" w:rsidP="0060749B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc129340805"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc129340805"/>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>5.12</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
         <w:t>Assessment of student teachers</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="68E1A3AF" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00BB2A42" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="6E168F1E" w14:textId="77777777" w:rsidR="0060749B" w:rsidRPr="00BB2A42" w:rsidRDefault="0060749B" w:rsidP="0060749B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="727D5314" w14:textId="6B752DE8" w:rsidR="00E22D1A" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="096F02F6" w14:textId="02D15D94" w:rsidR="005D45DF" w:rsidRDefault="005D45DF" w:rsidP="00E22D1A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34FFB1CF" w14:textId="77777777" w:rsidR="005D45DF" w:rsidRPr="00BB2A42" w:rsidRDefault="005D45DF" w:rsidP="00E22D1A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CE916BC" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00BB2A42" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="335165C3" w14:textId="05D40BFE" w:rsidR="00E22D1A" w:rsidRPr="00647518" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
+    <w:p w14:paraId="2519F680" w14:textId="77777777" w:rsidR="00945C99" w:rsidRPr="00AC5A30" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC5A30">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please provide any other relevant </w:t>
+      </w:r>
+      <w:r w:rsidR="00A922A2" w:rsidRPr="00AC5A30">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>information you wish the c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5A30">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ommittee to consider</w:t>
+      </w:r>
+      <w:r w:rsidR="00A922A2" w:rsidRPr="00AC5A30">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70125BEC" w14:textId="77777777" w:rsidR="00945C99" w:rsidRPr="00AC5A30" w:rsidRDefault="00945C99" w:rsidP="00945C99">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC5A30">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>It may be useful for the committee if you are able to provide a ‘worked through example’ of key days or activities within the programme</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B5D5B42" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00647518" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00647518">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please provide any other relevant </w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54B9C6FA" w14:textId="55B6B257" w:rsidR="00CE4A42" w:rsidRPr="009C12BA" w:rsidRDefault="004E0920" w:rsidP="00F920C9">
+    <w:p w14:paraId="1782A375" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="009C12BA" w:rsidRDefault="004E0920" w:rsidP="00F920C9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Ref116634433"/>
-      <w:bookmarkStart w:id="16" w:name="_Toc129340807"/>
+      <w:bookmarkStart w:id="14" w:name="_Ref116634433"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc129340807"/>
       <w:r w:rsidRPr="009C12BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Prog</w:t>
       </w:r>
       <w:r w:rsidR="00EB6C88" w:rsidRPr="009C12BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>ramme outcomes ‒ standards for qualified teacher s</w:t>
       </w:r>
       <w:r w:rsidRPr="009C12BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>tatus</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
-      <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidR="00EB6C88" w:rsidRPr="009C12BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> (QTS)</w:t>
       </w:r>
       <w:r w:rsidRPr="009C12BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76133631" w14:textId="2EC3E07B" w:rsidR="004F6628" w:rsidRPr="00BB2A42" w:rsidRDefault="004F6628" w:rsidP="004F6628">
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="5A6ACA36" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="001D362D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592327">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592327">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Fulfilment of the standards for qualified teacher status</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DDC6344" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00BB2A42" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9628"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001D362D" w14:paraId="12C3BBAC" w14:textId="77777777" w:rsidTr="003007DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AD905E4" w14:textId="77777777" w:rsidR="001D362D" w:rsidRPr="00AC5A30" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5A30">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pedagogy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D362D" w14:paraId="5A6E49BB" w14:textId="77777777" w:rsidTr="003007DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A035FAA" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E7A0713" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D362D" w14:paraId="6CBF5B6E" w14:textId="77777777" w:rsidTr="003007DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="540F5F14" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D362D" w14:paraId="5DBF1421" w14:textId="77777777" w:rsidTr="003007DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04236AA6" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635A4E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Collaboration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D362D" w14:paraId="7F36040B" w14:textId="77777777" w:rsidTr="003007DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06742E2D" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="321C3550" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D362D" w14:paraId="58683F4B" w14:textId="77777777" w:rsidTr="003007DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56460CDC" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D362D" w14:paraId="69433C64" w14:textId="77777777" w:rsidTr="003007DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32510540" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635A4E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Innovation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D362D" w14:paraId="026CAEA5" w14:textId="77777777" w:rsidTr="003007DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5370C7DB" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28AFFC3E" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D362D" w14:paraId="796F2B68" w14:textId="77777777" w:rsidTr="003007DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E74946F" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D362D" w14:paraId="3324D46F" w14:textId="77777777" w:rsidTr="003007DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38E137C2" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635A4E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Professional learning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D362D" w14:paraId="5F411515" w14:textId="77777777" w:rsidTr="003007DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26F680B1" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59B3BC06" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D362D" w14:paraId="55C9BA92" w14:textId="77777777" w:rsidTr="003007DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5ED2BDD7" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D362D" w14:paraId="2D6AED6E" w14:textId="77777777" w:rsidTr="003007DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3707483C" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635A4E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Leadership</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D362D" w14:paraId="06E470AA" w14:textId="77777777" w:rsidTr="003007DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A23614F" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A59176D" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="003007DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="04C2E8DA" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00BB2A42" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="446BA46C" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D" w:rsidP="001D362D">
+      <w:pPr>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D55364">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Standards for induction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="708FAA09" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00BB2A42" w:rsidRDefault="00E22D1A" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="527AFD33" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00BB2A42" w:rsidRDefault="00E22D1A" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="535076F3" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50F037EB" w14:textId="50553123" w:rsidR="00AC5A30" w:rsidRDefault="00AC5A30" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F4ADB83" w14:textId="25D41B97" w:rsidR="005D45DF" w:rsidRDefault="005D45DF" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55333204" w14:textId="77777777" w:rsidR="005D45DF" w:rsidRPr="00BB2A42" w:rsidRDefault="005D45DF" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A9E24F0" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00BB2A42" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...434 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67318650" w14:textId="05171994" w:rsidR="00EC786D" w:rsidRPr="00647518" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
+    <w:p w14:paraId="0FFBDA9D" w14:textId="77777777" w:rsidR="00EC786D" w:rsidRPr="00647518" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00647518">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please provide any other relevant </w:t>
       </w:r>
       <w:r w:rsidR="005C3F24" w:rsidRPr="00647518">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>information you wish the c</w:t>
       </w:r>
       <w:r w:rsidRPr="00647518">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ommittee to consider</w:t>
       </w:r>
       <w:r w:rsidR="005C3F24" w:rsidRPr="00647518">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71FA9B87" w14:textId="77777777" w:rsidR="00F22F89" w:rsidRPr="00BB2A42" w:rsidRDefault="00F22F89" w:rsidP="00C167AF">
-[...99 lines deleted...]
-    <w:p w14:paraId="6E189C46" w14:textId="468B83AA" w:rsidR="006F0F81" w:rsidRDefault="006F0F81" w:rsidP="00A10E05">
+    <w:p w14:paraId="4BFE8131" w14:textId="77777777" w:rsidR="00F22F89" w:rsidRPr="00BB2A42" w:rsidRDefault="00F22F89" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DAF0B90" w14:textId="77777777" w:rsidR="00DA0635" w:rsidRPr="00BB2A42" w:rsidRDefault="00DA0635" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F5BA08D" w14:textId="77777777" w:rsidR="00DA0635" w:rsidRPr="00BB2A42" w:rsidRDefault="00DA0635" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="392B2A33" w14:textId="77777777" w:rsidR="00DA0635" w:rsidRPr="00BB2A42" w:rsidRDefault="00DA0635" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47FEAC5C" w14:textId="77777777" w:rsidR="00DA0635" w:rsidRPr="00BB2A42" w:rsidRDefault="00DA0635" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10272A5B" w14:textId="77777777" w:rsidR="00DA0635" w:rsidRPr="00BB2A42" w:rsidRDefault="00DA0635" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49908BDF" w14:textId="77777777" w:rsidR="001E417A" w:rsidRPr="00BB2A42" w:rsidRDefault="001E417A" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4952C74C" w14:textId="77777777" w:rsidR="006F0F81" w:rsidRDefault="006F0F81" w:rsidP="00A10E05">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mae’r</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
@@ -3737,268 +3691,333 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gymraeg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44B3370F" w14:textId="77777777" w:rsidR="000169D4" w:rsidRPr="00F17711" w:rsidRDefault="001E417A" w:rsidP="00A10E05">
+    <w:p w14:paraId="07B48DEC" w14:textId="77777777" w:rsidR="000169D4" w:rsidRPr="00F17711" w:rsidRDefault="001E417A" w:rsidP="00A10E05">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F17711">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This document is also available in Welsh.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000169D4" w:rsidRPr="00F17711" w:rsidSect="001E417A">
       <w:footerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="first" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6154B590" w14:textId="77777777" w:rsidR="007C4C55" w:rsidRDefault="007C4C55" w:rsidP="00B91D4A">
+    <w:p w14:paraId="3DD336BA" w14:textId="77777777" w:rsidR="00F75B9C" w:rsidRDefault="00F75B9C" w:rsidP="00B91D4A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17C026A8" w14:textId="77777777" w:rsidR="007C4C55" w:rsidRDefault="007C4C55" w:rsidP="00B91D4A">
+    <w:p w14:paraId="496179AF" w14:textId="77777777" w:rsidR="00F75B9C" w:rsidRDefault="00F75B9C" w:rsidP="00B91D4A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3BE7CA60" w14:textId="77777777" w:rsidR="00B91D4A" w:rsidRDefault="00B91D4A" w:rsidP="00B91D4A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="837350577"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="226A803F" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B05D15">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="6AC6C27B" w14:textId="77777777" w:rsidR="00B91D4A" w:rsidRDefault="00B91D4A" w:rsidP="00B91D4A">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:i/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...5 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="5D9EC974" w14:textId="77777777" w:rsidR="001E417A" w:rsidRDefault="00106D74" w:rsidP="001E417A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="22383734" w14:textId="77777777" w:rsidR="001E417A" w:rsidRDefault="001E417A" w:rsidP="001E417A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
-    <w:r>
-[...12 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22688715" w14:textId="77777777" w:rsidR="007C4C55" w:rsidRDefault="007C4C55" w:rsidP="00B91D4A">
+    <w:p w14:paraId="52D99CA6" w14:textId="77777777" w:rsidR="00F75B9C" w:rsidRDefault="00F75B9C" w:rsidP="00B91D4A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="362CAA4C" w14:textId="77777777" w:rsidR="007C4C55" w:rsidRDefault="007C4C55" w:rsidP="00B91D4A">
+    <w:p w14:paraId="2A05CFA4" w14:textId="77777777" w:rsidR="00F75B9C" w:rsidRDefault="00F75B9C" w:rsidP="00B91D4A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="70198AF0" w14:textId="77777777" w:rsidR="001D362D" w:rsidRPr="001D362D" w:rsidRDefault="001D362D" w:rsidP="001D362D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="001D362D">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Issued April 2023</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1EF40AEE" w14:textId="77777777" w:rsidR="001D362D" w:rsidRPr="001D362D" w:rsidRDefault="001D362D" w:rsidP="001D362D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="001D362D">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Reviewed August 2025</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="13541C1D" w14:textId="77777777" w:rsidR="001D362D" w:rsidRDefault="001D362D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="099E34EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FCFC0AC6"/>
+    <w:tmpl w:val="6BB8F750"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61EAE3CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4531,51 +4550,51 @@
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:suff w:val="space"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -4593,50 +4612,52 @@
     <w:rsid w:val="0006366C"/>
     <w:rsid w:val="00063E61"/>
     <w:rsid w:val="00075B5A"/>
     <w:rsid w:val="00091B56"/>
     <w:rsid w:val="0009343F"/>
     <w:rsid w:val="00096C7D"/>
     <w:rsid w:val="000A322A"/>
     <w:rsid w:val="000B1135"/>
     <w:rsid w:val="000B3181"/>
     <w:rsid w:val="000C22AC"/>
     <w:rsid w:val="000E16CD"/>
     <w:rsid w:val="000E34FD"/>
     <w:rsid w:val="000E7484"/>
     <w:rsid w:val="00106D74"/>
     <w:rsid w:val="00125A54"/>
     <w:rsid w:val="00145F36"/>
     <w:rsid w:val="00151D59"/>
     <w:rsid w:val="001538EE"/>
     <w:rsid w:val="00175F56"/>
     <w:rsid w:val="00193BE5"/>
     <w:rsid w:val="001A13DF"/>
     <w:rsid w:val="001B0091"/>
     <w:rsid w:val="001C0C57"/>
     <w:rsid w:val="001C4C70"/>
     <w:rsid w:val="001D34BC"/>
+    <w:rsid w:val="001D362D"/>
+    <w:rsid w:val="001E0C94"/>
     <w:rsid w:val="001E417A"/>
     <w:rsid w:val="0020048A"/>
     <w:rsid w:val="00202C57"/>
     <w:rsid w:val="002070D0"/>
     <w:rsid w:val="002222D8"/>
     <w:rsid w:val="002312D1"/>
     <w:rsid w:val="00232239"/>
     <w:rsid w:val="00244055"/>
     <w:rsid w:val="00255D96"/>
     <w:rsid w:val="0026414A"/>
     <w:rsid w:val="00270FB6"/>
     <w:rsid w:val="0027146F"/>
     <w:rsid w:val="0027147A"/>
     <w:rsid w:val="00272BFD"/>
     <w:rsid w:val="00291C71"/>
     <w:rsid w:val="002A2769"/>
     <w:rsid w:val="002A6EEA"/>
     <w:rsid w:val="002E1476"/>
     <w:rsid w:val="002E1BCD"/>
     <w:rsid w:val="003151D5"/>
     <w:rsid w:val="003227F9"/>
     <w:rsid w:val="0034539D"/>
     <w:rsid w:val="00352C51"/>
     <w:rsid w:val="00366942"/>
     <w:rsid w:val="00371750"/>
@@ -4646,241 +4667,251 @@
     <w:rsid w:val="003B0178"/>
     <w:rsid w:val="003C317B"/>
     <w:rsid w:val="003F0D2A"/>
     <w:rsid w:val="00401C4D"/>
     <w:rsid w:val="004167CF"/>
     <w:rsid w:val="0044760F"/>
     <w:rsid w:val="00464E48"/>
     <w:rsid w:val="004823FA"/>
     <w:rsid w:val="004A78D8"/>
     <w:rsid w:val="004D26FB"/>
     <w:rsid w:val="004E0920"/>
     <w:rsid w:val="004E32C6"/>
     <w:rsid w:val="004F6628"/>
     <w:rsid w:val="00523410"/>
     <w:rsid w:val="00532269"/>
     <w:rsid w:val="00541258"/>
     <w:rsid w:val="005527E0"/>
     <w:rsid w:val="00582A75"/>
     <w:rsid w:val="005A1458"/>
     <w:rsid w:val="005B3FE1"/>
     <w:rsid w:val="005C3F24"/>
     <w:rsid w:val="005C6797"/>
     <w:rsid w:val="005D0FCC"/>
     <w:rsid w:val="005D2070"/>
     <w:rsid w:val="005D43C6"/>
+    <w:rsid w:val="005D45DF"/>
     <w:rsid w:val="006039EE"/>
-    <w:rsid w:val="00603A95"/>
     <w:rsid w:val="0060749B"/>
+    <w:rsid w:val="00613322"/>
     <w:rsid w:val="0062223E"/>
     <w:rsid w:val="00627008"/>
     <w:rsid w:val="006354B2"/>
     <w:rsid w:val="00647518"/>
     <w:rsid w:val="0065496A"/>
     <w:rsid w:val="0066037A"/>
     <w:rsid w:val="006815BE"/>
     <w:rsid w:val="00693BC0"/>
     <w:rsid w:val="006A2DEA"/>
     <w:rsid w:val="006A575A"/>
     <w:rsid w:val="006E08E5"/>
     <w:rsid w:val="006F00C6"/>
     <w:rsid w:val="006F0F81"/>
     <w:rsid w:val="00706433"/>
     <w:rsid w:val="007171A2"/>
     <w:rsid w:val="00721264"/>
     <w:rsid w:val="00732C32"/>
     <w:rsid w:val="00733C9A"/>
     <w:rsid w:val="00741F0D"/>
     <w:rsid w:val="00743692"/>
     <w:rsid w:val="00764268"/>
     <w:rsid w:val="00764921"/>
     <w:rsid w:val="00770268"/>
     <w:rsid w:val="00770892"/>
     <w:rsid w:val="00782012"/>
     <w:rsid w:val="00782520"/>
     <w:rsid w:val="007C4C55"/>
     <w:rsid w:val="007C549A"/>
+    <w:rsid w:val="007C578A"/>
     <w:rsid w:val="00817DEF"/>
     <w:rsid w:val="0084677A"/>
     <w:rsid w:val="008525CD"/>
     <w:rsid w:val="00853634"/>
     <w:rsid w:val="00856AA6"/>
     <w:rsid w:val="00857C09"/>
     <w:rsid w:val="00860099"/>
+    <w:rsid w:val="00860165"/>
     <w:rsid w:val="00875CED"/>
     <w:rsid w:val="008936F5"/>
     <w:rsid w:val="008962D4"/>
     <w:rsid w:val="008E5BA5"/>
     <w:rsid w:val="008F277C"/>
     <w:rsid w:val="00902029"/>
     <w:rsid w:val="00902D8F"/>
     <w:rsid w:val="009041DA"/>
     <w:rsid w:val="00915756"/>
     <w:rsid w:val="00916475"/>
     <w:rsid w:val="009170CA"/>
     <w:rsid w:val="00930961"/>
     <w:rsid w:val="009401C0"/>
+    <w:rsid w:val="00945C99"/>
     <w:rsid w:val="009760AA"/>
     <w:rsid w:val="0098643B"/>
     <w:rsid w:val="009956F7"/>
     <w:rsid w:val="009B3A26"/>
     <w:rsid w:val="009C12BA"/>
     <w:rsid w:val="009E73D7"/>
     <w:rsid w:val="00A07817"/>
     <w:rsid w:val="00A10E05"/>
     <w:rsid w:val="00A16AEC"/>
     <w:rsid w:val="00A24C1F"/>
     <w:rsid w:val="00A36F08"/>
     <w:rsid w:val="00A44257"/>
+    <w:rsid w:val="00A54355"/>
     <w:rsid w:val="00A6179A"/>
     <w:rsid w:val="00A67E5B"/>
     <w:rsid w:val="00A760B8"/>
     <w:rsid w:val="00A835A8"/>
     <w:rsid w:val="00A922A2"/>
     <w:rsid w:val="00A92ACC"/>
     <w:rsid w:val="00AB575A"/>
     <w:rsid w:val="00AC450C"/>
+    <w:rsid w:val="00AC5A30"/>
     <w:rsid w:val="00AD6708"/>
     <w:rsid w:val="00AE382B"/>
     <w:rsid w:val="00B01473"/>
+    <w:rsid w:val="00B05D15"/>
     <w:rsid w:val="00B06FEA"/>
     <w:rsid w:val="00B10511"/>
     <w:rsid w:val="00B15C9E"/>
     <w:rsid w:val="00B24D94"/>
     <w:rsid w:val="00B27689"/>
     <w:rsid w:val="00B54DA9"/>
     <w:rsid w:val="00B60F94"/>
     <w:rsid w:val="00B75C7F"/>
     <w:rsid w:val="00B7620A"/>
     <w:rsid w:val="00B86DF0"/>
     <w:rsid w:val="00B911D1"/>
     <w:rsid w:val="00B91D4A"/>
     <w:rsid w:val="00B92AC4"/>
     <w:rsid w:val="00BA4547"/>
     <w:rsid w:val="00BB2A42"/>
     <w:rsid w:val="00BE481D"/>
     <w:rsid w:val="00BF5BD9"/>
     <w:rsid w:val="00C10A07"/>
     <w:rsid w:val="00C167AF"/>
     <w:rsid w:val="00C44228"/>
     <w:rsid w:val="00C45901"/>
     <w:rsid w:val="00C7135F"/>
     <w:rsid w:val="00C80CAB"/>
     <w:rsid w:val="00CB1450"/>
+    <w:rsid w:val="00CD0FB5"/>
     <w:rsid w:val="00CD1F99"/>
     <w:rsid w:val="00CE273C"/>
     <w:rsid w:val="00CE4A42"/>
     <w:rsid w:val="00CE7FFC"/>
     <w:rsid w:val="00D05573"/>
     <w:rsid w:val="00D110F8"/>
     <w:rsid w:val="00D23865"/>
     <w:rsid w:val="00D27F37"/>
     <w:rsid w:val="00D30718"/>
     <w:rsid w:val="00D33E3E"/>
     <w:rsid w:val="00D42BB5"/>
     <w:rsid w:val="00D44865"/>
     <w:rsid w:val="00D457F0"/>
     <w:rsid w:val="00D473A9"/>
     <w:rsid w:val="00D55FA5"/>
     <w:rsid w:val="00D563D5"/>
     <w:rsid w:val="00D74B06"/>
     <w:rsid w:val="00D81DC4"/>
     <w:rsid w:val="00D82C9C"/>
     <w:rsid w:val="00D84FC0"/>
     <w:rsid w:val="00DA0635"/>
+    <w:rsid w:val="00DD4474"/>
     <w:rsid w:val="00DD68BA"/>
     <w:rsid w:val="00DF2075"/>
     <w:rsid w:val="00E04BA0"/>
     <w:rsid w:val="00E22D1A"/>
     <w:rsid w:val="00E23829"/>
     <w:rsid w:val="00E31F76"/>
     <w:rsid w:val="00E320E0"/>
     <w:rsid w:val="00E660FB"/>
     <w:rsid w:val="00E843FE"/>
     <w:rsid w:val="00E85ECE"/>
     <w:rsid w:val="00EB2B12"/>
     <w:rsid w:val="00EB6C88"/>
     <w:rsid w:val="00EC786D"/>
     <w:rsid w:val="00EE0F0C"/>
     <w:rsid w:val="00EE1B13"/>
     <w:rsid w:val="00EE3248"/>
     <w:rsid w:val="00F068CC"/>
     <w:rsid w:val="00F1032B"/>
     <w:rsid w:val="00F1089C"/>
     <w:rsid w:val="00F11FFA"/>
     <w:rsid w:val="00F17711"/>
     <w:rsid w:val="00F2108B"/>
     <w:rsid w:val="00F22F89"/>
     <w:rsid w:val="00F63B2B"/>
     <w:rsid w:val="00F63CE9"/>
+    <w:rsid w:val="00F75B9C"/>
     <w:rsid w:val="00F8013A"/>
     <w:rsid w:val="00F85A24"/>
     <w:rsid w:val="00F920C9"/>
     <w:rsid w:val="00FA26FE"/>
     <w:rsid w:val="00FD02AB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="38ED9142"/>
+  <w14:docId w14:val="4D2440C2"/>
   <w15:docId w15:val="{89FCED2D-8146-4E91-B7D8-BA9CFA65C2B8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4978,53 +5009,52 @@
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
@@ -5202,50 +5232,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Heading3"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E660FB"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="240"/>
@@ -5503,73 +5534,73 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0006366C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:semiHidden/>
     <w:rsid w:val="0006366C"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1610427451">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iteaccreditation@ewc.wales" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iteaccreditation@ewc.wales" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5815,69 +5846,69 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>669</Words>
-  <Characters>3819</Characters>
+  <Words>519</Words>
+  <Characters>3247</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4480</CharactersWithSpaces>
+  <CharactersWithSpaces>3759</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Hayden Llewellyn</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>