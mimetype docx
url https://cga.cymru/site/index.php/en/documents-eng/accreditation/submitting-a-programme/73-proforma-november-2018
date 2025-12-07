--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -1,229 +1,226 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="15015E11" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00857C09" w:rsidRDefault="00CB1450" w:rsidP="00CB1450">
+    <w:p w14:paraId="3F45A0DD" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00857C09" w:rsidRDefault="00902D8F" w:rsidP="00CB1450">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="6D391367" w14:textId="77777777" w:rsidR="00C167AF" w:rsidRPr="00857C09" w:rsidRDefault="008B0E88" w:rsidP="00902D8F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="60"/>
+          <w:szCs w:val="60"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00474F56">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="015767A0" wp14:editId="112F27F7">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49965E92" wp14:editId="28B6D57E">
             <wp:extent cx="2028825" cy="2133600"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="2" name="Picture 2" descr="P:\E. Communications, Publications &amp; Events\Logos &amp; Style Guides\EWC\Standard logos and style guide\EWC Colour Logo without box.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="P:\E. Communications, Publications &amp; Events\Logos &amp; Style Guides\EWC\Standard logos and style guide\EWC Colour Logo without box.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2028825" cy="2133600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7082814C" w14:textId="77777777" w:rsidR="00C167AF" w:rsidRPr="00857C09" w:rsidRDefault="00C167AF" w:rsidP="00902D8F">
+    <w:p w14:paraId="41AA3D72" w14:textId="77777777" w:rsidR="00C167AF" w:rsidRPr="00857C09" w:rsidRDefault="00C167AF" w:rsidP="00902D8F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59A7399E" w14:textId="77777777" w:rsidR="00C167AF" w:rsidRPr="00857C09" w:rsidRDefault="00C167AF" w:rsidP="00902D8F">
-[...10 lines deleted...]
-    <w:p w14:paraId="7F5A49B9" w14:textId="77777777" w:rsidR="005D2070" w:rsidRPr="000A6E01" w:rsidRDefault="00902D8F" w:rsidP="00902D8F">
+    <w:p w14:paraId="3B040EF6" w14:textId="34AB7CAC" w:rsidR="00902D8F" w:rsidRPr="000A6E01" w:rsidRDefault="00902D8F" w:rsidP="00902D8F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A6E01">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve">Proforma for the submission of ITE programmes for professional </w:t>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">Proforma for the submission of ITE programmes for </w:t>
+      </w:r>
+      <w:r w:rsidR="00F06E01">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>initial</w:t>
+      </w:r>
       <w:r w:rsidRPr="000A6E01">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>accreditation by the EWC</w:t>
-[...23 lines deleted...]
-    <w:p w14:paraId="6518310A" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00635A4E" w:rsidRDefault="00D30718">
+        <w:t xml:space="preserve"> accreditation by the EWC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25BED753" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00857C09" w:rsidRDefault="00902D8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25574A78" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00857C09" w:rsidRDefault="00902D8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20D0A3BB" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00857C09" w:rsidRDefault="00902D8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F25F101" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00635A4E" w:rsidRDefault="00D30718">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>How to complete this proforma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C1E44BE" w14:textId="77777777" w:rsidR="00D30718" w:rsidRPr="00857C09" w:rsidRDefault="00D30718">
-[...6 lines deleted...]
-    <w:p w14:paraId="60400D61" w14:textId="2922C8C3" w:rsidR="00063E61" w:rsidRDefault="00063E61" w:rsidP="00856AA6">
+    <w:p w14:paraId="6D9BBCC8" w14:textId="77777777" w:rsidR="00D30718" w:rsidRPr="00857C09" w:rsidRDefault="00D30718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AA62398" w14:textId="77777777" w:rsidR="00063E61" w:rsidRDefault="00063E61" w:rsidP="00856AA6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Please complete </w:t>
       </w:r>
       <w:r w:rsidRPr="001B0091">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>one proforma for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -247,59 +244,59 @@
       <w:r w:rsidR="004D26FB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Where a partnership is submitting more than one programme, EWC acknowledges that the partnership is likely to duplicate some information, particularly </w:t>
       </w:r>
       <w:r w:rsidR="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>in section one</w:t>
       </w:r>
       <w:r w:rsidR="00B60F94">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>. However it is important that the partnership understands that programmes will be assessed individually, and therefore applications should repeat information where appropriate, rather than cross-referring to other applications</w:t>
       </w:r>
       <w:r w:rsidR="004E32C6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="144E32DC" w14:textId="77777777" w:rsidR="00063E61" w:rsidRDefault="00063E61" w:rsidP="00063E61">
+    <w:p w14:paraId="22B03717" w14:textId="77777777" w:rsidR="00063E61" w:rsidRDefault="00063E61" w:rsidP="00063E61">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1701D5A0" w14:textId="720D5DD0" w:rsidR="008525CD" w:rsidRPr="001B0091" w:rsidRDefault="00C10A07" w:rsidP="001B0091">
+    <w:p w14:paraId="5D3E4206" w14:textId="77777777" w:rsidR="008525CD" w:rsidRPr="001B0091" w:rsidRDefault="00C10A07" w:rsidP="001B0091">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B0091">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00732C32" w:rsidRPr="001B0091">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">omplete all </w:t>
       </w:r>
       <w:r w:rsidR="00F2108B" w:rsidRPr="001B0091">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -366,52 +363,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> as set out in</w:t>
       </w:r>
       <w:r w:rsidR="001B0091">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> section A of the</w:t>
       </w:r>
       <w:r w:rsidR="00E92243">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘</w:t>
       </w:r>
       <w:r w:rsidR="001B0091" w:rsidRPr="001B0091">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Criteria for the accreditation of Initial Teacher Educ</w:t>
       </w:r>
       <w:r w:rsidR="00E92243">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>ation (ITE) programmes in Wales’</w:t>
-      </w:r>
+        <w:t xml:space="preserve">ation (ITE) programmes in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E92243">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Wales’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001B0091">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> and that </w:t>
       </w:r>
       <w:r w:rsidR="00C44228" w:rsidRPr="001B0091">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>you</w:t>
       </w:r>
       <w:r w:rsidRPr="001B0091">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> address every matter</w:t>
       </w:r>
       <w:r w:rsidR="001B0091">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> referred to </w:t>
       </w:r>
       <w:r w:rsidR="002D7E67">
@@ -423,132 +428,134 @@
       <w:r w:rsidR="001B0091">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>section B of the Criteria document</w:t>
       </w:r>
       <w:r w:rsidR="00E92243">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> in light of the vision</w:t>
       </w:r>
       <w:r w:rsidR="001B0091">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387BFD" w:rsidRPr="001B0091">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6D1B57" w14:textId="77777777" w:rsidR="001B0091" w:rsidRPr="001B0091" w:rsidRDefault="001B0091" w:rsidP="001B0091">
+    <w:p w14:paraId="3877C3C3" w14:textId="77777777" w:rsidR="001B0091" w:rsidRPr="001B0091" w:rsidRDefault="001B0091" w:rsidP="001B0091">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40BEA5A2" w14:textId="77777777" w:rsidR="008525CD" w:rsidRDefault="008525CD" w:rsidP="00706433">
+    <w:p w14:paraId="659DD2AD" w14:textId="77777777" w:rsidR="008525CD" w:rsidRDefault="008525CD" w:rsidP="00706433">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk206505941"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">The completed proforma must not exceed </w:t>
       </w:r>
-      <w:r w:rsidR="00FE0523">
-[...3 lines deleted...]
-        <w:t>8</w:t>
+      <w:r w:rsidR="000320C3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00871762">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> pages in total.</w:t>
       </w:r>
       <w:r w:rsidR="001C4C70">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> No hyperlinks or annexes should be included.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CE50733" w14:textId="77777777" w:rsidR="00706433" w:rsidRDefault="00706433" w:rsidP="00706433">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="72A81195" w14:textId="77777777" w:rsidR="00706433" w:rsidRDefault="00706433" w:rsidP="00706433">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29521714" w14:textId="0863A6EB" w:rsidR="00F2108B" w:rsidRDefault="00732C32" w:rsidP="00220189">
+    <w:p w14:paraId="34B7800F" w14:textId="77777777" w:rsidR="00F2108B" w:rsidRDefault="00732C32" w:rsidP="00220189">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Once you have completed this proforma, please </w:t>
       </w:r>
       <w:r w:rsidR="00F2108B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">email it to EWC at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00F2108B" w:rsidRPr="00475746">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>iteaccreditation@ewc.wales</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F2108B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. Further details about submitting a programme </w:t>
       </w:r>
       <w:r w:rsidR="00C10A07">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">for accreditation </w:t>
       </w:r>
       <w:r w:rsidR="00E92243">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>may be found in the document ‘</w:t>
@@ -604,423 +611,414 @@
       <w:r w:rsidR="00E92243">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidR="00220189" w:rsidRPr="00220189">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Submitting a programme of Initial Teacher Education to EWC for accreditation</w:t>
       </w:r>
       <w:r w:rsidR="00E92243">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>’.</w:t>
       </w:r>
       <w:r w:rsidR="000455AC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Programmes received after this date will not be considered.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D4C354E" w14:textId="77777777" w:rsidR="00856AA6" w:rsidRPr="006354B2" w:rsidRDefault="00856AA6" w:rsidP="006354B2">
+    <w:p w14:paraId="7EB88DE5" w14:textId="77777777" w:rsidR="00856AA6" w:rsidRPr="006354B2" w:rsidRDefault="00856AA6" w:rsidP="006354B2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FA5BF68" w14:textId="77777777" w:rsidR="00856AA6" w:rsidRPr="003A1A24" w:rsidRDefault="00856AA6" w:rsidP="00F2108B">
-[...43 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="09289137" w14:textId="77777777" w:rsidR="004F4EA4" w:rsidRPr="004B2FE7" w:rsidRDefault="004F4EA4" w:rsidP="004B2FE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7457AABE" w14:textId="77777777" w:rsidR="00772042" w:rsidRPr="004B2FE7" w:rsidRDefault="00772042" w:rsidP="004B2FE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="623E2AF7" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06032DF6" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="00745745" w:rsidP="005527E0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Programme Summary</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67720B83" w14:textId="77777777" w:rsidR="005527E0" w:rsidRDefault="005527E0">
+    <w:p w14:paraId="4306DCE1" w14:textId="77777777" w:rsidR="005527E0" w:rsidRDefault="005527E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3823"/>
         <w:gridCol w:w="5805"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005527E0" w:rsidRPr="00635A4E" w14:paraId="7662F754" w14:textId="77777777" w:rsidTr="008F277C">
+      <w:tr w:rsidR="005527E0" w:rsidRPr="00635A4E" w14:paraId="4613286D" w14:textId="77777777" w:rsidTr="008F277C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D309E66" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="008F277C" w:rsidP="005527E0">
+          <w:p w14:paraId="79548B83" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="008F277C" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00635A4E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Partnership details</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D39618E" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00CF210D" w:rsidRDefault="00860099" w:rsidP="005527E0">
+          <w:p w14:paraId="3B791062" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00CF210D" w:rsidRDefault="00860099" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF210D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(including list of </w:t>
             </w:r>
             <w:r w:rsidR="00E320E0" w:rsidRPr="00CF210D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">lead partner </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF210D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>schools)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D606EC2" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A" w:rsidP="005527E0">
+          <w:p w14:paraId="2E7659BE" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0785F128" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="0D5D9535" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3881357E" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="5A31DB28" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4FEDF1D2" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="45B1839E" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005527E0" w:rsidRPr="00635A4E" w14:paraId="6D07937A" w14:textId="77777777" w:rsidTr="008F277C">
+      <w:tr w:rsidR="005527E0" w:rsidRPr="00635A4E" w14:paraId="43AA58F4" w14:textId="77777777" w:rsidTr="008F277C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB73CE3" w14:textId="77777777" w:rsidR="00860099" w:rsidRPr="00635A4E" w:rsidRDefault="008F277C" w:rsidP="005527E0">
+          <w:p w14:paraId="6802CA3E" w14:textId="77777777" w:rsidR="00860099" w:rsidRPr="00635A4E" w:rsidRDefault="008F277C" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00635A4E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programme title and details</w:t>
             </w:r>
             <w:r w:rsidR="00860099" w:rsidRPr="00635A4E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00860099" w:rsidRPr="00CF210D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(e.g. subject, language, number of places sought, age group)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09A7B58C" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="4E1594E6" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="01EC709D" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="2CFE165F" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66A8E5B7" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="2AACF3AF" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="78817D8A" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="480D4AC1" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1ABA02BC" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="40F9A136" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00817DEF" w:rsidRPr="00635A4E" w14:paraId="0DEDAC49" w14:textId="77777777" w:rsidTr="008F277C">
+      <w:tr w:rsidR="00817DEF" w:rsidRPr="00635A4E" w14:paraId="03BDDC10" w14:textId="77777777" w:rsidTr="008F277C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56B19D77" w14:textId="77777777" w:rsidR="00817DEF" w:rsidRPr="00CF210D" w:rsidRDefault="008F277C" w:rsidP="00817DEF">
+          <w:p w14:paraId="7923554A" w14:textId="77777777" w:rsidR="00817DEF" w:rsidRPr="00CF210D" w:rsidRDefault="008F277C" w:rsidP="00817DEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00635A4E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Confirmation of academic validation </w:t>
             </w:r>
             <w:r w:rsidR="00817DEF" w:rsidRPr="00CF210D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00DD68BA" w:rsidRPr="00CF210D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>please attach copy</w:t>
             </w:r>
             <w:r w:rsidR="00817DEF" w:rsidRPr="00CF210D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76F2B8AA" w14:textId="77777777" w:rsidR="00817DEF" w:rsidRPr="00635A4E" w:rsidRDefault="00817DEF" w:rsidP="00817DEF">
+          <w:p w14:paraId="5B8BF11E" w14:textId="77777777" w:rsidR="00817DEF" w:rsidRPr="00635A4E" w:rsidRDefault="00817DEF" w:rsidP="00817DEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58A35B2D" w14:textId="77777777" w:rsidR="00817DEF" w:rsidRPr="00635A4E" w:rsidRDefault="00817DEF" w:rsidP="005527E0">
+          <w:p w14:paraId="22ADE1D8" w14:textId="77777777" w:rsidR="00817DEF" w:rsidRPr="00635A4E" w:rsidRDefault="00817DEF" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005527E0" w:rsidRPr="00635A4E" w14:paraId="709EB6A3" w14:textId="77777777" w:rsidTr="008F277C">
+      <w:tr w:rsidR="005527E0" w:rsidRPr="00635A4E" w14:paraId="406A38E9" w14:textId="77777777" w:rsidTr="008F277C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71F72550" w14:textId="437A5786" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="008F277C" w:rsidP="005527E0">
+          <w:p w14:paraId="25AFF4F5" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="008F277C" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00635A4E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Submitted by</w:t>
             </w:r>
             <w:r w:rsidR="00B01473" w:rsidRPr="00635A4E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
@@ -1031,301 +1029,301 @@
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="00635A4E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>artnership lead contact</w:t>
             </w:r>
             <w:r w:rsidR="00B01473" w:rsidRPr="00635A4E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="315F6221" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00CF210D" w:rsidRDefault="001D34BC" w:rsidP="005527E0">
+          <w:p w14:paraId="6A5515BF" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00CF210D" w:rsidRDefault="001D34BC" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF210D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(N</w:t>
             </w:r>
             <w:r w:rsidR="005527E0" w:rsidRPr="00CF210D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ame, </w:t>
             </w:r>
             <w:r w:rsidR="00291C71" w:rsidRPr="00CF210D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">position, </w:t>
             </w:r>
             <w:r w:rsidR="005527E0" w:rsidRPr="00CF210D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>address, email and telephone details)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33444D67" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="5D3029CF" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E5A31D9" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="1BC0D9D8" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45372BF9" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
+          <w:p w14:paraId="5071FFAC" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B01473" w:rsidRPr="00635A4E" w14:paraId="71AD5CDC" w14:textId="77777777" w:rsidTr="008F277C">
+      <w:tr w:rsidR="00B01473" w:rsidRPr="00635A4E" w14:paraId="0F10E8DA" w14:textId="77777777" w:rsidTr="008F277C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13D17A7D" w14:textId="37A44EE0" w:rsidR="00B01473" w:rsidRPr="00635A4E" w:rsidRDefault="00CF210D" w:rsidP="005527E0">
+          <w:p w14:paraId="46160ACD" w14:textId="77777777" w:rsidR="00B01473" w:rsidRPr="00635A4E" w:rsidRDefault="00CF210D" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Electronic s</w:t>
             </w:r>
             <w:r w:rsidR="008F277C" w:rsidRPr="00635A4E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ignature</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6654B6D8" w14:textId="77777777" w:rsidR="00AC450C" w:rsidRPr="00635A4E" w:rsidRDefault="00AC450C" w:rsidP="005527E0">
+          <w:p w14:paraId="56A9313D" w14:textId="77777777" w:rsidR="00AC450C" w:rsidRPr="00635A4E" w:rsidRDefault="00AC450C" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5AF76777" w14:textId="77777777" w:rsidR="00B01473" w:rsidRPr="00635A4E" w:rsidRDefault="00B01473" w:rsidP="005527E0">
+          <w:p w14:paraId="33D2D80A" w14:textId="77777777" w:rsidR="00B01473" w:rsidRPr="00635A4E" w:rsidRDefault="00B01473" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="604928C1" w14:textId="77777777" w:rsidR="00B01473" w:rsidRPr="00635A4E" w:rsidRDefault="00B01473" w:rsidP="005527E0">
+          <w:p w14:paraId="3AB6BA2B" w14:textId="77777777" w:rsidR="00B01473" w:rsidRPr="00635A4E" w:rsidRDefault="00B01473" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0098643B" w:rsidRPr="00635A4E" w14:paraId="56FBF338" w14:textId="77777777" w:rsidTr="008F277C">
+      <w:tr w:rsidR="0098643B" w:rsidRPr="00635A4E" w14:paraId="1F737620" w14:textId="77777777" w:rsidTr="008F277C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22D06194" w14:textId="77777777" w:rsidR="0098643B" w:rsidRPr="00635A4E" w:rsidRDefault="008F277C" w:rsidP="005527E0">
+          <w:p w14:paraId="16C1B5E2" w14:textId="77777777" w:rsidR="0098643B" w:rsidRPr="00635A4E" w:rsidRDefault="008F277C" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00635A4E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date of submission</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F3C35C5" w14:textId="77777777" w:rsidR="0098643B" w:rsidRPr="00635A4E" w:rsidRDefault="0098643B" w:rsidP="005527E0">
+          <w:p w14:paraId="206B6BE8" w14:textId="77777777" w:rsidR="0098643B" w:rsidRPr="00635A4E" w:rsidRDefault="0098643B" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="33E79997" w14:textId="77777777" w:rsidR="0098643B" w:rsidRPr="00635A4E" w:rsidRDefault="0098643B" w:rsidP="005527E0">
+          <w:p w14:paraId="54175DB9" w14:textId="77777777" w:rsidR="0098643B" w:rsidRPr="00635A4E" w:rsidRDefault="0098643B" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1AAEA27B" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0">
-[...8 lines deleted...]
-    <w:p w14:paraId="389C1B2E" w14:textId="77777777" w:rsidR="00C167AF" w:rsidRPr="00243FFA" w:rsidRDefault="005527E0" w:rsidP="00C167AF">
+    <w:p w14:paraId="2B875D07" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00635A4E" w:rsidRDefault="005527E0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0308A040" w14:textId="77777777" w:rsidR="00C167AF" w:rsidRPr="00243FFA" w:rsidRDefault="005527E0" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Ref127894227"/>
       <w:bookmarkStart w:id="2" w:name="_Toc129340786"/>
       <w:r w:rsidR="00145F36" w:rsidRPr="00243FFA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Programme structures and processes</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="57CB8D06" w14:textId="77777777" w:rsidR="00857C09" w:rsidRPr="00635A4E" w:rsidRDefault="00857C09" w:rsidP="00C167AF">
-[...8 lines deleted...]
-    <w:p w14:paraId="36EE0CCD" w14:textId="62E49A33" w:rsidR="00743692" w:rsidRPr="00635A4E" w:rsidRDefault="00523410" w:rsidP="00C167AF">
+    <w:p w14:paraId="7CF86E65" w14:textId="77777777" w:rsidR="00857C09" w:rsidRPr="00635A4E" w:rsidRDefault="00857C09" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61B00CE8" w14:textId="77777777" w:rsidR="00743692" w:rsidRPr="00635A4E" w:rsidRDefault="00523410" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please provide information under each of the headings below. </w:t>
       </w:r>
       <w:r w:rsidR="003227F9" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidR="00F068CC" w:rsidRPr="00635A4E">
         <w:rPr>
@@ -1403,142 +1401,142 @@
       <w:r w:rsidR="003227F9" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and that you address every matter referred to in section B of the Criteria d</w:t>
       </w:r>
       <w:r w:rsidR="00E92243">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ocument in light of the vision</w:t>
       </w:r>
       <w:r w:rsidR="003227F9" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="656DE458" w14:textId="77777777" w:rsidR="00AE382B" w:rsidRPr="00635A4E" w:rsidRDefault="00AE382B" w:rsidP="00C167AF">
-[...8 lines deleted...]
-    <w:p w14:paraId="43DDF5EF" w14:textId="77777777" w:rsidR="00E660FB" w:rsidRPr="00635A4E" w:rsidRDefault="00E660FB" w:rsidP="00E660FB">
+    <w:p w14:paraId="39EC068F" w14:textId="77777777" w:rsidR="00AE382B" w:rsidRPr="00635A4E" w:rsidRDefault="00AE382B" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EC47378" w14:textId="77777777" w:rsidR="00E660FB" w:rsidRPr="00635A4E" w:rsidRDefault="00E660FB" w:rsidP="00E660FB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3530B63B" w14:textId="77777777" w:rsidR="00E660FB" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00E660FB">
+    <w:p w14:paraId="418E7C10" w14:textId="77777777" w:rsidR="00E660FB" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00E660FB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Ref112399049"/>
       <w:bookmarkStart w:id="4" w:name="_Toc129340787"/>
       <w:r w:rsidR="00E660FB" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>The Partnership’s leadership and management</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="28CBB832" w14:textId="77777777" w:rsidR="000B1135" w:rsidRPr="00635A4E" w:rsidRDefault="000B1135" w:rsidP="00C167AF">
-[...36 lines deleted...]
-    <w:p w14:paraId="115A9333" w14:textId="77777777" w:rsidR="0027147A" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+    <w:p w14:paraId="123A57DE" w14:textId="77777777" w:rsidR="000B1135" w:rsidRPr="00635A4E" w:rsidRDefault="000B1135" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6349A242" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00635A4E" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AE2AA2D" w14:textId="77777777" w:rsidR="00D23865" w:rsidRPr="00635A4E" w:rsidRDefault="00D23865" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04A73EEB" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00635A4E" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F256430" w14:textId="77777777" w:rsidR="0027147A" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.2 </w:t>
@@ -1558,91 +1556,91 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Criteria for the inclusion of schools</w:t>
       </w:r>
       <w:r w:rsidR="00E660FB" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the P</w:t>
       </w:r>
       <w:r w:rsidR="00D82C9C" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>artnership</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ACDC1A0" w14:textId="77777777" w:rsidR="0027147A" w:rsidRPr="00635A4E" w:rsidRDefault="0027147A" w:rsidP="00C167AF">
-[...39 lines deleted...]
-    <w:p w14:paraId="5F4845AD" w14:textId="0614AAED" w:rsidR="00A24C1F" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+    <w:p w14:paraId="78813C5B" w14:textId="77777777" w:rsidR="0027147A" w:rsidRPr="00635A4E" w:rsidRDefault="0027147A" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10F574BC" w14:textId="77777777" w:rsidR="0027147A" w:rsidRPr="00635A4E" w:rsidRDefault="0027147A" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="338C0592" w14:textId="77777777" w:rsidR="00D23865" w:rsidRPr="00635A4E" w:rsidRDefault="00D23865" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DBE9180" w14:textId="77777777" w:rsidR="00D23865" w:rsidRPr="00635A4E" w:rsidRDefault="00D23865" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32E09EB6" w14:textId="77777777" w:rsidR="00A24C1F" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.3 </w:t>
@@ -1671,152 +1669,152 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es and responsibilities in all P</w:t>
       </w:r>
       <w:r w:rsidR="00F068CC" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>artner schools</w:t>
       </w:r>
       <w:r w:rsidR="00D473A9" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72A5F0EF" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00635A4E" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
-[...35 lines deleted...]
-    <w:p w14:paraId="698322A0" w14:textId="77777777" w:rsidR="00E660FB" w:rsidRPr="00635A4E" w:rsidRDefault="00E660FB" w:rsidP="00C167AF">
+    <w:p w14:paraId="6E358355" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00635A4E" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15FC3E34" w14:textId="77777777" w:rsidR="00D23865" w:rsidRPr="00635A4E" w:rsidRDefault="00D23865" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08EB2124" w14:textId="77777777" w:rsidR="00D23865" w:rsidRPr="00635A4E" w:rsidRDefault="00D23865" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F632A29" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00635A4E" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A5536B1" w14:textId="77777777" w:rsidR="00E660FB" w:rsidRPr="00635A4E" w:rsidRDefault="00E660FB" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.4</w:t>
       </w:r>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Roles and responsibilities of Lead Partner Schools</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66D4469D" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00635A4E" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
-[...35 lines deleted...]
-    <w:p w14:paraId="51BFCDA5" w14:textId="77777777" w:rsidR="00464E48" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00A24C1F">
+    <w:p w14:paraId="12200F4D" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00635A4E" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72F7BF22" w14:textId="77777777" w:rsidR="00E660FB" w:rsidRPr="00635A4E" w:rsidRDefault="00E660FB" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="256C641A" w14:textId="77777777" w:rsidR="00E660FB" w:rsidRPr="00635A4E" w:rsidRDefault="00E660FB" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A4910E3" w14:textId="77777777" w:rsidR="00E660FB" w:rsidRPr="00635A4E" w:rsidRDefault="00E660FB" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7019AD54" w14:textId="77777777" w:rsidR="00464E48" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00A24C1F">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00E660FB" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1837,89 +1835,89 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CE4A42" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The role of HEIs</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4641043D" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00635A4E" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
-[...37 lines deleted...]
-    <w:p w14:paraId="70F44DE9" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+    <w:p w14:paraId="241B59B1" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00635A4E" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="484C9D9D" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00635A4E" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E47605C" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53487878" w14:textId="77777777" w:rsidR="0027147A" w:rsidRPr="00635A4E" w:rsidRDefault="0027147A" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E4285A3" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00E660FB" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.6</w:t>
@@ -1930,197 +1928,197 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A835A8" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Welsh language</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="675DDEE6" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A">
+    <w:p w14:paraId="790D8338" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="173D161E" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A">
+    <w:p w14:paraId="167006B7" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D863A58" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A">
+    <w:p w14:paraId="62BE4843" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4178F359" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A">
+    <w:p w14:paraId="38E70B81" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="581C6BB5" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A">
+    <w:p w14:paraId="12B1338D" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="555CD871" w14:textId="04A557DA" w:rsidR="00371750" w:rsidRPr="00A80597" w:rsidRDefault="00E22D1A">
+    <w:p w14:paraId="331359FA" w14:textId="77777777" w:rsidR="00371750" w:rsidRPr="00A80597" w:rsidRDefault="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A80597">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please provide any other rel</w:t>
       </w:r>
       <w:r w:rsidR="00BE2B80" w:rsidRPr="00A80597">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>evant information you wish the c</w:t>
       </w:r>
       <w:r w:rsidRPr="00A80597">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ommittee to consider</w:t>
       </w:r>
       <w:r w:rsidR="00A23DCE" w:rsidRPr="00A80597">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00371750" w:rsidRPr="00A80597">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E85126" w14:textId="77777777" w:rsidR="002E1BCD" w:rsidRPr="00243FFA" w:rsidRDefault="00902029" w:rsidP="002E1BCD">
+    <w:p w14:paraId="086F96AD" w14:textId="77777777" w:rsidR="002E1BCD" w:rsidRPr="00243FFA" w:rsidRDefault="00902029" w:rsidP="002E1BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00243FFA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Programme i</w:t>
       </w:r>
       <w:r w:rsidR="007171A2" w:rsidRPr="00243FFA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>nputs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C7E0070" w14:textId="77777777" w:rsidR="002E1BCD" w:rsidRPr="00635A4E" w:rsidRDefault="002E1BCD" w:rsidP="002E1BCD">
-[...8 lines deleted...]
-    <w:p w14:paraId="28E3962A" w14:textId="10B28E40" w:rsidR="003227F9" w:rsidRPr="00635A4E" w:rsidRDefault="003227F9" w:rsidP="003227F9">
+    <w:p w14:paraId="3BF42FEF" w14:textId="77777777" w:rsidR="002E1BCD" w:rsidRPr="00635A4E" w:rsidRDefault="002E1BCD" w:rsidP="002E1BCD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21DFA96F" w14:textId="77777777" w:rsidR="003227F9" w:rsidRPr="00635A4E" w:rsidRDefault="003227F9" w:rsidP="003227F9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please provide information under each of the headings below. You </w:t>
       </w:r>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="00635A4E">
@@ -2158,291 +2156,291 @@
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>as set out in section A of the Criteria document and that you address every matter referred to in section B of the Cri</w:t>
       </w:r>
       <w:r w:rsidR="00E92243">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>teria document in light of the vision</w:t>
       </w:r>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E049C0E" w14:textId="77777777" w:rsidR="000B1135" w:rsidRPr="00635A4E" w:rsidRDefault="000B1135" w:rsidP="00C167AF">
-[...8 lines deleted...]
-    <w:p w14:paraId="51E393E9" w14:textId="77777777" w:rsidR="00A07817" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00A07817">
+    <w:p w14:paraId="1C73D75A" w14:textId="77777777" w:rsidR="000B1135" w:rsidRPr="00635A4E" w:rsidRDefault="000B1135" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23194AE0" w14:textId="77777777" w:rsidR="00A07817" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00A07817">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Toc129340794"/>
       <w:r w:rsidR="00A07817" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>The vision for student teachers’ learning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="22AE2EC8" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
-[...17 lines deleted...]
-    <w:p w14:paraId="784D706B" w14:textId="77777777" w:rsidR="002E1BCD" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+    <w:p w14:paraId="1C5A292D" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49EA66DC" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00635A4E" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4078D2A6" w14:textId="77777777" w:rsidR="002E1BCD" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.2 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002E1BCD" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Course aims</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDEBDF1" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00635A4E" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
-[...17 lines deleted...]
-    <w:p w14:paraId="5C64C6AF" w14:textId="77777777" w:rsidR="002E1BCD" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+    <w:p w14:paraId="76360424" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00635A4E" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1149D11E" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57E81F13" w14:textId="77777777" w:rsidR="002E1BCD" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.3 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A07817" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Types of Course</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21270E4E" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
-[...17 lines deleted...]
-    <w:p w14:paraId="60E5104B" w14:textId="77777777" w:rsidR="00A07817" w:rsidRPr="00635A4E" w:rsidRDefault="00A07817" w:rsidP="00A07817">
+    <w:p w14:paraId="7EFCF810" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49C567B0" w14:textId="77777777" w:rsidR="00A07817" w:rsidRPr="00635A4E" w:rsidRDefault="00A07817" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="352797BD" w14:textId="77777777" w:rsidR="00A07817" w:rsidRPr="00635A4E" w:rsidRDefault="00A07817" w:rsidP="00A07817">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>5.4</w:t>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="_Ref115192286"/>
       <w:bookmarkStart w:id="7" w:name="_Ref115338358"/>
       <w:bookmarkStart w:id="8" w:name="_Toc129340797"/>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
         <w:t>Course design and areas of study</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="4EAEF59F" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00635A4E" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
-[...17 lines deleted...]
-    <w:p w14:paraId="268979F0" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+    <w:p w14:paraId="4AF50E78" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00635A4E" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3638DF25" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ED56835" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0060749B" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.5</w:t>
@@ -2453,190 +2451,190 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002E1BCD" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Entry requirements and selection procedures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0317B65F" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A" w:rsidP="00C167AF">
-[...17 lines deleted...]
-    <w:p w14:paraId="2B6EC03A" w14:textId="77777777" w:rsidR="0060749B" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="0060749B">
+    <w:p w14:paraId="1C0B83F6" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00D22B85" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19DC34CE" w14:textId="77777777" w:rsidR="0060749B" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="0060749B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">.6 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="9" w:name="_Toc129340799"/>
       <w:r w:rsidR="00F920C9" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Curriculum for Wales and</w:t>
       </w:r>
       <w:r w:rsidR="0060749B" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> subject studies</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="0060749B" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52D12E5C" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
-[...18 lines deleted...]
-    <w:p w14:paraId="3281CA79" w14:textId="77777777" w:rsidR="002E1BCD" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00F920C9">
+    <w:p w14:paraId="2FE2921D" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="220C2842" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00635A4E" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47713345" w14:textId="77777777" w:rsidR="002E1BCD" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00F920C9">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">.7 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="_Toc129340800"/>
       <w:r w:rsidR="0060749B" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Identifying and meeting the needs of learners with Additional Learning Needs</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="38415CE6" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
-[...18 lines deleted...]
-    <w:p w14:paraId="0F4DD75C" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+    <w:p w14:paraId="5CC8C49B" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D2B4B13" w14:textId="77777777" w:rsidR="00032D1C" w:rsidRPr="00635A4E" w:rsidRDefault="00032D1C" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20EBC66F" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.8 </w:t>
@@ -2647,359 +2645,370 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0060749B" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Well</w:t>
       </w:r>
       <w:r w:rsidR="00D457F0" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>being</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="384BAE27" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
-[...18 lines deleted...]
-    <w:p w14:paraId="1A9E77FD" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00F920C9">
+    <w:p w14:paraId="10286273" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78558C3F" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04F24F1E" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00F920C9">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">.9 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="_Ref115192337"/>
       <w:bookmarkStart w:id="12" w:name="_Toc129340802"/>
       <w:r w:rsidR="0060749B" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Programme content</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="4C6DEF50" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00635A4E" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
-[...17 lines deleted...]
-    <w:p w14:paraId="21DC1C26" w14:textId="77777777" w:rsidR="00693BC0" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+    <w:p w14:paraId="3398F9B9" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00635A4E" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EB0FE4F" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3718D6D8" w14:textId="77777777" w:rsidR="00693BC0" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.10 </w:t>
       </w:r>
       <w:r w:rsidR="00EE0F0C" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0060749B" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>School experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1430AB95" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
-[...19 lines deleted...]
-    <w:p w14:paraId="0A7BF608" w14:textId="77777777" w:rsidR="0060749B" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="0060749B">
+    <w:p w14:paraId="4EF6F482" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="730F0979" w14:textId="77777777" w:rsidR="00693BC0" w:rsidRPr="00635A4E" w:rsidRDefault="00693BC0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22EB5687" w14:textId="77777777" w:rsidR="0060749B" w:rsidRPr="00635A4E" w:rsidRDefault="00A36F08" w:rsidP="0060749B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00693BC0" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.11</w:t>
       </w:r>
       <w:r w:rsidR="00693BC0" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="13" w:name="_Toc129340804"/>
       <w:r w:rsidR="0060749B" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>The Equality Act 2010, United Nations Convention of the Rights of the Child (UNCRC) and the United Nations Convention on the rights of Persons with Disabilities (UNCRPD)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidR="0060749B" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="509A492D" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="0060749B">
-[...17 lines deleted...]
-    <w:p w14:paraId="042910D3" w14:textId="77777777" w:rsidR="0060749B" w:rsidRPr="00635A4E" w:rsidRDefault="0060749B" w:rsidP="0060749B">
+    <w:p w14:paraId="39633E5A" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00635A4E" w:rsidRDefault="00F920C9" w:rsidP="0060749B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F5BDD36" w14:textId="77777777" w:rsidR="00CD1F99" w:rsidRPr="00635A4E" w:rsidRDefault="00CD1F99" w:rsidP="0060749B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72422446" w14:textId="77777777" w:rsidR="0060749B" w:rsidRPr="00635A4E" w:rsidRDefault="0060749B" w:rsidP="0060749B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc129340805"/>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>5.12</w:t>
       </w:r>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
         <w:t>Assessment of student teachers</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="36772E7E" w14:textId="77777777" w:rsidR="0060749B" w:rsidRPr="00635A4E" w:rsidRDefault="0060749B" w:rsidP="0060749B">
-[...18 lines deleted...]
-    <w:p w14:paraId="3C91F5BE" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
+    <w:p w14:paraId="6E769274" w14:textId="77777777" w:rsidR="0060749B" w:rsidRPr="00635A4E" w:rsidRDefault="0060749B" w:rsidP="0060749B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55DD6440" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="295BCBAF" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="468D5FB3" w14:textId="5DC3C0BF" w:rsidR="00E22D1A" w:rsidRPr="00A80597" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
+    <w:p w14:paraId="41A1C9A6" w14:textId="7AF9E982" w:rsidR="00E22D1A" w:rsidRPr="00A80597" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A80597">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please provide any other rel</w:t>
       </w:r>
       <w:r w:rsidR="00BE2B80" w:rsidRPr="00A80597">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>evant information you wish the c</w:t>
       </w:r>
       <w:r w:rsidRPr="00A80597">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ommittee to consider</w:t>
       </w:r>
       <w:r w:rsidR="00635A4E" w:rsidRPr="00A80597">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A80597">
-[...8 lines deleted...]
-    <w:p w14:paraId="389D4286" w14:textId="34FDA1AB" w:rsidR="00CE4A42" w:rsidRPr="00243FFA" w:rsidRDefault="004E0920" w:rsidP="00F920C9">
+      <w:r w:rsidR="00A8382F" w:rsidRPr="00A8382F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8382F" w:rsidRPr="00A8382F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>It may be useful for the committee if you are able to provide a ‘worked through example’ of key days or activities within the programme</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8382F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C1AD4F" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00243FFA" w:rsidRDefault="004E0920" w:rsidP="00F920C9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Ref116634433"/>
       <w:bookmarkStart w:id="16" w:name="_Toc129340807"/>
       <w:r w:rsidRPr="00243FFA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Prog</w:t>
       </w:r>
       <w:r w:rsidR="002744AF" w:rsidRPr="00243FFA">
         <w:rPr>
@@ -3014,51 +3023,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>tatus</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidR="002744AF" w:rsidRPr="00243FFA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> (QTS)</w:t>
       </w:r>
       <w:r w:rsidRPr="00243FFA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="040DE91F" w14:textId="361EA0D4" w:rsidR="003227F9" w:rsidRPr="00635A4E" w:rsidRDefault="003227F9" w:rsidP="003227F9">
+    <w:p w14:paraId="7F229EE4" w14:textId="77777777" w:rsidR="003227F9" w:rsidRPr="00635A4E" w:rsidRDefault="003227F9" w:rsidP="003227F9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please provide information under each of the headings below. You </w:t>
       </w:r>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="00635A4E">
@@ -3096,60 +3105,60 @@
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> as set out in section A of the Criteria document and that you address every matter referred to in section B of the Cri</w:t>
       </w:r>
       <w:r w:rsidR="00E92243">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>teria document in light of the vision</w:t>
       </w:r>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B506F5" w14:textId="77777777" w:rsidR="00743692" w:rsidRPr="00635A4E" w:rsidRDefault="00743692" w:rsidP="00CE4A42">
-[...8 lines deleted...]
-    <w:p w14:paraId="4FD89D6D" w14:textId="50BEA6AF" w:rsidR="002E1476" w:rsidRPr="00635A4E" w:rsidRDefault="006E08E5" w:rsidP="00CE4A42">
+    <w:p w14:paraId="6E367FF2" w14:textId="77777777" w:rsidR="00743692" w:rsidRPr="00635A4E" w:rsidRDefault="00743692" w:rsidP="00CE4A42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BD74F24" w14:textId="77777777" w:rsidR="002E1476" w:rsidRPr="00635A4E" w:rsidRDefault="006E08E5" w:rsidP="00CE4A42">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The QTS standards are the outcomes that student teachers who complete an accredited programme must </w:t>
       </w:r>
       <w:r w:rsidR="002744AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>achieve in order to be awarded qualified teacher s</w:t>
       </w:r>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
@@ -3178,505 +3187,668 @@
       <w:r w:rsidR="00D27F37" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the programme will facilitate the achievement of the learning outcomes under each </w:t>
       </w:r>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>heading</w:t>
       </w:r>
       <w:r w:rsidR="000C22AC" w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="441C2FD2" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00635A4E" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
-[...9 lines deleted...]
-    <w:p w14:paraId="0863613C" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00635A4E" w:rsidRDefault="00D55FA5" w:rsidP="00C167AF">
+    <w:p w14:paraId="4E03E507" w14:textId="77777777" w:rsidR="009956F7" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06762C4A" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00592327" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592327">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592327">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Fulfilment of the standards for qualified teacher status</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E8DD830" w14:textId="77777777" w:rsidR="00592327" w:rsidRPr="00635A4E" w:rsidRDefault="00592327" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9628"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D55364" w14:paraId="2EB1A916" w14:textId="77777777" w:rsidTr="00D55364">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22ABAA51" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00C167AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635A4E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pedagogy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D55364" w14:paraId="21E25BFD" w14:textId="77777777" w:rsidTr="00D55364">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70B08BA7" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00C167AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FEA7DA1" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00C167AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D55364" w14:paraId="1CA1048B" w14:textId="77777777" w:rsidTr="00D55364">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03EFABDE" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00C167AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D55364" w14:paraId="4B0BC01D" w14:textId="77777777" w:rsidTr="00D55364">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6838185E" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00C167AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635A4E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Collaboration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D55364" w14:paraId="60290CD5" w14:textId="77777777" w:rsidTr="00D55364">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CD5FCF1" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00C167AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58556C50" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00C167AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D55364" w14:paraId="621A6E19" w14:textId="77777777" w:rsidTr="00D55364">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21DE2411" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00C167AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D55364" w14:paraId="07F38967" w14:textId="77777777" w:rsidTr="00D55364">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AFEB1B0" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00C167AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635A4E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Innovation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D55364" w14:paraId="1CAE4C96" w14:textId="77777777" w:rsidTr="00D55364">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24EAED71" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00C167AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63A3C44B" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00C167AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D55364" w14:paraId="190704F7" w14:textId="77777777" w:rsidTr="00D55364">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65BCDA13" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00C167AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D55364" w14:paraId="2D26490A" w14:textId="77777777" w:rsidTr="00D55364">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D562716" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00C167AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635A4E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Professional learning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D55364" w14:paraId="6BA1A2AC" w14:textId="77777777" w:rsidTr="00D55364">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30CCDA80" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00C167AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3DE7407C" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00C167AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D55364" w14:paraId="696C0800" w14:textId="77777777" w:rsidTr="00D55364">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32EA8138" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00C167AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D55364" w14:paraId="586EB3C4" w14:textId="77777777" w:rsidTr="00D55364">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="707BCCDA" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00D55364">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635A4E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Leadership</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D55364" w14:paraId="4B5D255C" w14:textId="77777777" w:rsidTr="00D55364">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29F347B0" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00C167AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7511EA79" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00C167AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4F6F0892" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71A8B42F" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00D55364">
+      <w:pPr>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D55364">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Standards for induction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70156589" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00D55364">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FE51959" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00D55364">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="130A70C8" w14:textId="77777777" w:rsidR="00D55364" w:rsidRDefault="00D55364" w:rsidP="00D55364">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12956F77" w14:textId="77777777" w:rsidR="00D55364" w:rsidRPr="00635A4E" w:rsidRDefault="00D55364" w:rsidP="00D55364">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09E1F4A9" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00635A4E" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Pedagogy</w:t>
-[...293 lines deleted...]
-        </w:rPr>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D389204" w14:textId="6B55686D" w:rsidR="00EC786D" w:rsidRPr="00A80597" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
+    <w:p w14:paraId="3C73B55C" w14:textId="77777777" w:rsidR="00EC786D" w:rsidRPr="00A80597" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A80597">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please provide any other rel</w:t>
       </w:r>
       <w:r w:rsidR="00BE2B80" w:rsidRPr="00A80597">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>evant information you wish the c</w:t>
       </w:r>
       <w:r w:rsidRPr="00A80597">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ommittee to consider</w:t>
       </w:r>
       <w:r w:rsidR="00635A4E" w:rsidRPr="00A80597">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FFF4E68" w14:textId="406FBE6D" w:rsidR="00801760" w:rsidRPr="00635A4E" w:rsidRDefault="00801760" w:rsidP="00E22D1A">
+    <w:p w14:paraId="3E016C94" w14:textId="77777777" w:rsidR="00801760" w:rsidRPr="00635A4E" w:rsidRDefault="00801760" w:rsidP="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19E942DA" w14:textId="77777777" w:rsidR="00801760" w:rsidRPr="00635A4E" w:rsidRDefault="00801760" w:rsidP="00E22D1A">
-[...78 lines deleted...]
-    <w:p w14:paraId="4ED78430" w14:textId="5B79774C" w:rsidR="00C9746D" w:rsidRDefault="00C9746D" w:rsidP="00EC0818">
+    <w:p w14:paraId="57AF41A8" w14:textId="77777777" w:rsidR="00801760" w:rsidRPr="00635A4E" w:rsidRDefault="00801760" w:rsidP="00E22D1A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7976A657" w14:textId="77777777" w:rsidR="00F22F89" w:rsidRPr="00635A4E" w:rsidRDefault="00F22F89" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57D84F6A" w14:textId="77777777" w:rsidR="00DA0635" w:rsidRPr="00635A4E" w:rsidRDefault="00DA0635" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="206B806F" w14:textId="77777777" w:rsidR="00DA0635" w:rsidRPr="006C250A" w:rsidRDefault="00DA0635" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="572ADD84" w14:textId="77777777" w:rsidR="00C9746D" w:rsidRDefault="00C9746D" w:rsidP="00EC0818">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mae’r</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
@@ -3804,241 +3976,332 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gymraeg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57F8DD87" w14:textId="77777777" w:rsidR="000169D4" w:rsidRPr="006C250A" w:rsidRDefault="001E417A" w:rsidP="00EC0818">
+    <w:p w14:paraId="2280FDD3" w14:textId="77777777" w:rsidR="000169D4" w:rsidRPr="006C250A" w:rsidRDefault="001E417A" w:rsidP="00EC0818">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C250A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This document is also available in Welsh.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000169D4" w:rsidRPr="006C250A" w:rsidSect="001E417A">
-      <w:footerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33F42ED0" w14:textId="77777777" w:rsidR="0000033E" w:rsidRDefault="0000033E" w:rsidP="00B91D4A">
+    <w:p w14:paraId="215BD272" w14:textId="77777777" w:rsidR="00911331" w:rsidRDefault="00911331" w:rsidP="00B91D4A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="663E27D0" w14:textId="77777777" w:rsidR="0000033E" w:rsidRDefault="0000033E" w:rsidP="00B91D4A">
+    <w:p w14:paraId="0C22ABDD" w14:textId="77777777" w:rsidR="00911331" w:rsidRDefault="00911331" w:rsidP="00B91D4A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="103554F4" w14:textId="77777777" w:rsidR="00B91D4A" w:rsidRDefault="00B91D4A" w:rsidP="00B91D4A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1244727854"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="4C7A29A5" w14:textId="77777777" w:rsidR="004E5418" w:rsidRDefault="004E5418">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="000320C3">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="059C8419" w14:textId="77777777" w:rsidR="00B91D4A" w:rsidRDefault="00B91D4A" w:rsidP="00B91D4A">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:i/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...5 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...5 lines deleted...]
-    <w:r>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1553726646"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:i/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>April</w:t>
-[...8 lines deleted...]
-  </w:p>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="0C2C1D09" w14:textId="77777777" w:rsidR="001E417A" w:rsidRDefault="00592327" w:rsidP="005016EC">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="000320C3">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="198B3DA2" w14:textId="77777777" w:rsidR="0000033E" w:rsidRDefault="0000033E" w:rsidP="00B91D4A">
+    <w:p w14:paraId="011FD236" w14:textId="77777777" w:rsidR="00911331" w:rsidRDefault="00911331" w:rsidP="00B91D4A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54FFB3A9" w14:textId="77777777" w:rsidR="0000033E" w:rsidRDefault="0000033E" w:rsidP="00B91D4A">
+    <w:p w14:paraId="132E0945" w14:textId="77777777" w:rsidR="00911331" w:rsidRDefault="00911331" w:rsidP="00B91D4A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="539B7F65" w14:textId="77777777" w:rsidR="00D55364" w:rsidRPr="00D55364" w:rsidRDefault="00D55364" w:rsidP="00D55364">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00D55364">
+      <w:rPr>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Issued 2023</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0F732621" w14:textId="77777777" w:rsidR="00D55364" w:rsidRPr="00D55364" w:rsidRDefault="00D55364" w:rsidP="00D55364">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00D55364">
+      <w:rPr>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Reviewed August 2025</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="099E34EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FCFC0AC6"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4595,356 +4858,383 @@
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:suff w:val="space"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A760B8"/>
     <w:rsid w:val="0000033E"/>
     <w:rsid w:val="00000BA4"/>
     <w:rsid w:val="00004CE9"/>
     <w:rsid w:val="00013980"/>
     <w:rsid w:val="000169D4"/>
+    <w:rsid w:val="000320C3"/>
     <w:rsid w:val="00032D1C"/>
     <w:rsid w:val="000357E6"/>
     <w:rsid w:val="00035E48"/>
     <w:rsid w:val="000455AC"/>
     <w:rsid w:val="00061C5A"/>
     <w:rsid w:val="00063E61"/>
     <w:rsid w:val="00075B5A"/>
     <w:rsid w:val="0009343F"/>
     <w:rsid w:val="00096C7D"/>
+    <w:rsid w:val="000A6660"/>
     <w:rsid w:val="000A6E01"/>
     <w:rsid w:val="000B1135"/>
     <w:rsid w:val="000B3181"/>
     <w:rsid w:val="000C22AC"/>
+    <w:rsid w:val="000D5474"/>
     <w:rsid w:val="000E16CD"/>
     <w:rsid w:val="000E34FD"/>
     <w:rsid w:val="000E7484"/>
     <w:rsid w:val="00125A54"/>
     <w:rsid w:val="00145F36"/>
+    <w:rsid w:val="001515B6"/>
     <w:rsid w:val="00151D59"/>
     <w:rsid w:val="001538EE"/>
     <w:rsid w:val="00175F56"/>
     <w:rsid w:val="001A13DF"/>
     <w:rsid w:val="001B0091"/>
     <w:rsid w:val="001C0C57"/>
     <w:rsid w:val="001C4C70"/>
     <w:rsid w:val="001D34BC"/>
     <w:rsid w:val="001E417A"/>
     <w:rsid w:val="0020048A"/>
     <w:rsid w:val="002070D0"/>
     <w:rsid w:val="00220189"/>
     <w:rsid w:val="002222D8"/>
     <w:rsid w:val="002312D1"/>
     <w:rsid w:val="00232239"/>
     <w:rsid w:val="00243FFA"/>
     <w:rsid w:val="00244055"/>
     <w:rsid w:val="0026414A"/>
     <w:rsid w:val="00270FB6"/>
     <w:rsid w:val="0027146F"/>
     <w:rsid w:val="0027147A"/>
     <w:rsid w:val="00272BFD"/>
     <w:rsid w:val="002744AF"/>
     <w:rsid w:val="00291C71"/>
     <w:rsid w:val="002A2769"/>
     <w:rsid w:val="002A6EEA"/>
     <w:rsid w:val="002D7E67"/>
     <w:rsid w:val="002E1476"/>
     <w:rsid w:val="002E1BCD"/>
     <w:rsid w:val="003151D5"/>
     <w:rsid w:val="003227F9"/>
     <w:rsid w:val="0034539D"/>
     <w:rsid w:val="00352C51"/>
     <w:rsid w:val="00366942"/>
     <w:rsid w:val="00371750"/>
     <w:rsid w:val="00385A03"/>
     <w:rsid w:val="00387BFD"/>
     <w:rsid w:val="003A1A24"/>
     <w:rsid w:val="003B0178"/>
     <w:rsid w:val="003B787B"/>
     <w:rsid w:val="003C317B"/>
     <w:rsid w:val="003F0D2A"/>
     <w:rsid w:val="00401C4D"/>
     <w:rsid w:val="004167CF"/>
     <w:rsid w:val="0044760F"/>
     <w:rsid w:val="00464E48"/>
     <w:rsid w:val="004823FA"/>
     <w:rsid w:val="004A78D8"/>
+    <w:rsid w:val="004B2FE7"/>
     <w:rsid w:val="004D26FB"/>
     <w:rsid w:val="004E0920"/>
     <w:rsid w:val="004E32C6"/>
+    <w:rsid w:val="004E5418"/>
+    <w:rsid w:val="004F4EA4"/>
+    <w:rsid w:val="005016EC"/>
+    <w:rsid w:val="00505B41"/>
     <w:rsid w:val="00523410"/>
     <w:rsid w:val="00532269"/>
     <w:rsid w:val="00541258"/>
     <w:rsid w:val="005527E0"/>
     <w:rsid w:val="00582A75"/>
+    <w:rsid w:val="00592327"/>
     <w:rsid w:val="005A1458"/>
     <w:rsid w:val="005B3FE1"/>
     <w:rsid w:val="005C6797"/>
     <w:rsid w:val="005D0FCC"/>
     <w:rsid w:val="005D2070"/>
     <w:rsid w:val="005D43C6"/>
+    <w:rsid w:val="005E7C85"/>
     <w:rsid w:val="006039EE"/>
-    <w:rsid w:val="00603A95"/>
     <w:rsid w:val="0060749B"/>
     <w:rsid w:val="0062223E"/>
     <w:rsid w:val="00627008"/>
     <w:rsid w:val="006354B2"/>
     <w:rsid w:val="00635A4E"/>
     <w:rsid w:val="0066037A"/>
+    <w:rsid w:val="00663DFA"/>
     <w:rsid w:val="006769D2"/>
     <w:rsid w:val="006815BE"/>
     <w:rsid w:val="00693BC0"/>
     <w:rsid w:val="006A2DEA"/>
     <w:rsid w:val="006A575A"/>
     <w:rsid w:val="006C250A"/>
     <w:rsid w:val="006E08E5"/>
     <w:rsid w:val="006F00C6"/>
     <w:rsid w:val="00706433"/>
     <w:rsid w:val="007171A2"/>
     <w:rsid w:val="00732C32"/>
     <w:rsid w:val="00733C9A"/>
     <w:rsid w:val="00741F0D"/>
     <w:rsid w:val="00743692"/>
     <w:rsid w:val="00745745"/>
     <w:rsid w:val="00764268"/>
     <w:rsid w:val="00764921"/>
     <w:rsid w:val="00770268"/>
     <w:rsid w:val="00770892"/>
+    <w:rsid w:val="00772042"/>
+    <w:rsid w:val="007729A8"/>
     <w:rsid w:val="00782012"/>
     <w:rsid w:val="00782520"/>
     <w:rsid w:val="007C549A"/>
     <w:rsid w:val="00801760"/>
     <w:rsid w:val="00817DEF"/>
     <w:rsid w:val="0084677A"/>
     <w:rsid w:val="008525CD"/>
     <w:rsid w:val="00853634"/>
     <w:rsid w:val="00856AA6"/>
     <w:rsid w:val="00857C09"/>
     <w:rsid w:val="00860099"/>
     <w:rsid w:val="00871762"/>
     <w:rsid w:val="00875CED"/>
     <w:rsid w:val="008936F5"/>
     <w:rsid w:val="008962D4"/>
+    <w:rsid w:val="008B0E88"/>
+    <w:rsid w:val="008B3515"/>
     <w:rsid w:val="008E5BA5"/>
     <w:rsid w:val="008F277C"/>
     <w:rsid w:val="00902029"/>
     <w:rsid w:val="00902D8F"/>
     <w:rsid w:val="009041DA"/>
+    <w:rsid w:val="00911331"/>
     <w:rsid w:val="00916475"/>
     <w:rsid w:val="009170CA"/>
     <w:rsid w:val="00930961"/>
     <w:rsid w:val="009760AA"/>
     <w:rsid w:val="0098643B"/>
     <w:rsid w:val="009956F7"/>
     <w:rsid w:val="009B3A26"/>
+    <w:rsid w:val="009D2B80"/>
     <w:rsid w:val="009E73D7"/>
     <w:rsid w:val="00A07817"/>
     <w:rsid w:val="00A16AEC"/>
     <w:rsid w:val="00A23DCE"/>
     <w:rsid w:val="00A24C1F"/>
     <w:rsid w:val="00A36F08"/>
     <w:rsid w:val="00A44257"/>
     <w:rsid w:val="00A6179A"/>
     <w:rsid w:val="00A67E5B"/>
     <w:rsid w:val="00A760B8"/>
     <w:rsid w:val="00A80597"/>
     <w:rsid w:val="00A835A8"/>
+    <w:rsid w:val="00A8382F"/>
     <w:rsid w:val="00A92ACC"/>
     <w:rsid w:val="00AB575A"/>
     <w:rsid w:val="00AC2690"/>
     <w:rsid w:val="00AC450C"/>
     <w:rsid w:val="00AC5F46"/>
+    <w:rsid w:val="00AC72A3"/>
     <w:rsid w:val="00AD6708"/>
     <w:rsid w:val="00AE382B"/>
     <w:rsid w:val="00B01473"/>
     <w:rsid w:val="00B06FEA"/>
     <w:rsid w:val="00B10511"/>
     <w:rsid w:val="00B15C9E"/>
     <w:rsid w:val="00B24D94"/>
     <w:rsid w:val="00B27689"/>
     <w:rsid w:val="00B54DA9"/>
     <w:rsid w:val="00B60F94"/>
     <w:rsid w:val="00B75C7F"/>
     <w:rsid w:val="00B7620A"/>
     <w:rsid w:val="00B86DF0"/>
     <w:rsid w:val="00B91D4A"/>
     <w:rsid w:val="00B92AC4"/>
     <w:rsid w:val="00BA4547"/>
     <w:rsid w:val="00BE2B80"/>
     <w:rsid w:val="00BF5BD9"/>
     <w:rsid w:val="00BF7629"/>
     <w:rsid w:val="00C10A07"/>
     <w:rsid w:val="00C167AF"/>
     <w:rsid w:val="00C44228"/>
     <w:rsid w:val="00C45901"/>
     <w:rsid w:val="00C7135F"/>
     <w:rsid w:val="00C80CAB"/>
     <w:rsid w:val="00C9746D"/>
     <w:rsid w:val="00CB1450"/>
     <w:rsid w:val="00CD1F99"/>
     <w:rsid w:val="00CE273C"/>
     <w:rsid w:val="00CE4A42"/>
     <w:rsid w:val="00CE7FFC"/>
     <w:rsid w:val="00CF210D"/>
     <w:rsid w:val="00D05573"/>
     <w:rsid w:val="00D23865"/>
     <w:rsid w:val="00D27F37"/>
     <w:rsid w:val="00D30718"/>
     <w:rsid w:val="00D33E3E"/>
     <w:rsid w:val="00D42BB5"/>
     <w:rsid w:val="00D457F0"/>
     <w:rsid w:val="00D473A9"/>
+    <w:rsid w:val="00D55364"/>
     <w:rsid w:val="00D55FA5"/>
     <w:rsid w:val="00D563D5"/>
     <w:rsid w:val="00D74B06"/>
     <w:rsid w:val="00D81DC4"/>
     <w:rsid w:val="00D82C9C"/>
     <w:rsid w:val="00D84FC0"/>
+    <w:rsid w:val="00D931EC"/>
     <w:rsid w:val="00DA0635"/>
     <w:rsid w:val="00DD68BA"/>
     <w:rsid w:val="00DF2075"/>
     <w:rsid w:val="00E04BA0"/>
     <w:rsid w:val="00E068DD"/>
     <w:rsid w:val="00E22D1A"/>
     <w:rsid w:val="00E23829"/>
     <w:rsid w:val="00E31F76"/>
     <w:rsid w:val="00E320E0"/>
     <w:rsid w:val="00E660FB"/>
     <w:rsid w:val="00E843FE"/>
     <w:rsid w:val="00E85ECE"/>
     <w:rsid w:val="00E92243"/>
     <w:rsid w:val="00EB2B12"/>
     <w:rsid w:val="00EB5B02"/>
     <w:rsid w:val="00EC0818"/>
     <w:rsid w:val="00EC786D"/>
     <w:rsid w:val="00EE0F0C"/>
     <w:rsid w:val="00EE1B13"/>
     <w:rsid w:val="00EE3248"/>
     <w:rsid w:val="00F068CC"/>
+    <w:rsid w:val="00F06E01"/>
     <w:rsid w:val="00F1032B"/>
     <w:rsid w:val="00F1089C"/>
     <w:rsid w:val="00F11FFA"/>
     <w:rsid w:val="00F2108B"/>
     <w:rsid w:val="00F22F89"/>
+    <w:rsid w:val="00F42C82"/>
     <w:rsid w:val="00F63B2B"/>
     <w:rsid w:val="00F63CE9"/>
     <w:rsid w:val="00F8013A"/>
     <w:rsid w:val="00F85A24"/>
     <w:rsid w:val="00F920C9"/>
     <w:rsid w:val="00FA26FE"/>
+    <w:rsid w:val="00FA35D2"/>
     <w:rsid w:val="00FD02AB"/>
     <w:rsid w:val="00FE0523"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="68A100B8"/>
+  <w14:docId w14:val="4879AA1E"/>
   <w15:docId w15:val="{89FCED2D-8146-4E91-B7D8-BA9CFA65C2B8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5000,95 +5290,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
@@ -5266,50 +5559,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Heading3"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E660FB"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="240"/>
@@ -5567,73 +5861,73 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AC2690"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC2690"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1610427451">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iteaccreditation@ewc.wales" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iteaccreditation@ewc.wales" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5877,71 +6171,88 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83CDD48C-E09D-4772-98EC-92B15F1F6498}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>695</Words>
-  <Characters>4062</Characters>
+  <Words>718</Words>
+  <Characters>4187</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4748</CharactersWithSpaces>
+  <CharactersWithSpaces>4896</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Hayden Llewellyn</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>