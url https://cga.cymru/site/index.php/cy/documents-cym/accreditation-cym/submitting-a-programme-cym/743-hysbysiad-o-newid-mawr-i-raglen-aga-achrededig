--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -3,399 +3,397 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00902D8F" w:rsidRPr="004819BE" w:rsidRDefault="00CB1450" w:rsidP="00CB1450">
+    <w:p w14:paraId="147CF2EF" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="004819BE" w:rsidRDefault="00CB1450" w:rsidP="00CB1450">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29BAFA89" wp14:editId="052A1305">
             <wp:extent cx="2028825" cy="2133600"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="2" name="Picture 2" descr="P:\E. Communications, Publications &amp; Events\Logos &amp; Style Guides\EWC\Standard logos and style guide\EWC Colour Logo without box.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="P:\E. Communications, Publications &amp; Events\Logos &amp; Style Guides\EWC\Standard logos and style guide\EWC Colour Logo without box.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2028825" cy="2133600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C167AF" w:rsidRPr="004819BE" w:rsidRDefault="00C167AF" w:rsidP="00902D8F">
+    <w:p w14:paraId="18808934" w14:textId="77777777" w:rsidR="00C167AF" w:rsidRPr="004819BE" w:rsidRDefault="00C167AF" w:rsidP="00902D8F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C167AF" w:rsidRPr="004819BE" w:rsidRDefault="00C167AF" w:rsidP="00902D8F">
+    <w:p w14:paraId="161C4338" w14:textId="77777777" w:rsidR="00C167AF" w:rsidRPr="004819BE" w:rsidRDefault="00C167AF" w:rsidP="00902D8F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36DC0" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00902D8F">
+    <w:p w14:paraId="554B7F14" w14:textId="77777777" w:rsidR="00A36DC0" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00902D8F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Hysbysiad o newid mawr i raglen </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00902D8F" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00902D8F">
+    <w:p w14:paraId="4C5703E6" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00902D8F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>AGA achrededig</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00902D8F" w:rsidRPr="004819BE" w:rsidRDefault="00902D8F">
-[...23 lines deleted...]
-    <w:p w:rsidR="00A36DC0" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00A36DC0">
+    <w:p w14:paraId="413D5C08" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="004819BE" w:rsidRDefault="00902D8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A0071B3" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="004819BE" w:rsidRDefault="00902D8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E16D537" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="004819BE" w:rsidRDefault="00902D8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CFE7C1E" w14:textId="77777777" w:rsidR="00A36DC0" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00A36DC0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Sut i lenwi'r ffurflen hon</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36DC0" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00A36DC0">
+    <w:p w14:paraId="09EC5C46" w14:textId="77777777" w:rsidR="00A36DC0" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00A36DC0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36DC0" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00A36DC0">
+    <w:p w14:paraId="4B9CA6F2" w14:textId="77777777" w:rsidR="00A36DC0" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00A36DC0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Dylid cwblhau’r ffurflen hon</w:t>
       </w:r>
       <w:r w:rsidR="003F0E47" w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>, fel y bo’</w:t>
       </w:r>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>n briodol</w:t>
       </w:r>
       <w:r w:rsidR="003F0E47" w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar bob achlysur o newid(iadau) mawr i raglen AGA achrededig. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36DC0" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00A36DC0">
+    <w:p w14:paraId="53BD709F" w14:textId="77777777" w:rsidR="00A36DC0" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00A36DC0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36DC0" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00A36DC0">
+    <w:p w14:paraId="25967462" w14:textId="77777777" w:rsidR="00A36DC0" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00A36DC0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Cwblhewch </w:t>
       </w:r>
       <w:r w:rsidR="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ob adran o’r ffurflen. Peidiwch ag atodi unrhyw dystiolaeth neu wybodaeth ychwanegol ar hyn o bryd. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36DC0" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00A36DC0">
+    <w:p w14:paraId="17FB874E" w14:textId="77777777" w:rsidR="00A36DC0" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00A36DC0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36DC0" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00A36DC0">
+    <w:p w14:paraId="27827B8D" w14:textId="77777777" w:rsidR="00A36DC0" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00A36DC0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Pan fyddwch wedi cwblhau’r ffurflen, danfonwch d</w:t>
       </w:r>
       <w:r w:rsidR="003F0E47" w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">rwy </w:t>
       </w:r>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">e-bost at </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="004819BE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:lang w:val="cy-GB"/>
           </w:rPr>
           <w:t>achreduaga@cga.cymru</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36DC0" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00A36DC0">
+    <w:p w14:paraId="53CA9D40" w14:textId="77777777" w:rsidR="00A36DC0" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00A36DC0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00706433" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00A6723A">
+    <w:p w14:paraId="1EFF6F9A" w14:textId="77777777" w:rsidR="00706433" w:rsidRPr="004819BE" w:rsidRDefault="00A36DC0" w:rsidP="00A6723A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceir rhagor o fanylion am gyflwyno newidiadau mawr </w:t>
       </w:r>
       <w:r w:rsidR="003F0E47" w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
@@ -422,341 +420,341 @@
         </w:rPr>
         <w:t xml:space="preserve"> AGA</w:t>
       </w:r>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> achrededig yng nghanllawiau ‘Cyflwyno rhaglen o Addysg Gychwynnol Athrawon</w:t>
       </w:r>
       <w:r w:rsidR="002A73D5" w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> i’w hachredu</w:t>
       </w:r>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> i CGA’.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D043B1" w:rsidRPr="004819BE" w:rsidRDefault="00D043B1" w:rsidP="00A36DC0">
+    <w:p w14:paraId="48692822" w14:textId="77777777" w:rsidR="00D043B1" w:rsidRPr="004819BE" w:rsidRDefault="00D043B1" w:rsidP="00A36DC0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D043B1" w:rsidRPr="004819BE" w:rsidRDefault="00D043B1" w:rsidP="00D043B1">
+    <w:p w14:paraId="05357B3E" w14:textId="77777777" w:rsidR="00D043B1" w:rsidRPr="004819BE" w:rsidRDefault="00D043B1" w:rsidP="00D043B1">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F2108B" w:rsidRPr="004819BE" w:rsidRDefault="00F2108B" w:rsidP="00706433">
+    <w:p w14:paraId="6FC5B9A9" w14:textId="77777777" w:rsidR="00F2108B" w:rsidRPr="004819BE" w:rsidRDefault="00F2108B" w:rsidP="00706433">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00902D8F" w:rsidRPr="004819BE" w:rsidRDefault="00902D8F">
-[...15 lines deleted...]
-    <w:p w:rsidR="0001330F" w:rsidRPr="004819BE" w:rsidRDefault="0001330F" w:rsidP="003C317B">
+    <w:p w14:paraId="0F7074D2" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="004819BE" w:rsidRDefault="00902D8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="683E4978" w14:textId="77777777" w:rsidR="00F1032B" w:rsidRPr="004819BE" w:rsidRDefault="00F1032B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38956EBD" w14:textId="77777777" w:rsidR="0001330F" w:rsidRPr="004819BE" w:rsidRDefault="0001330F" w:rsidP="003C317B">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0001330F" w:rsidRPr="004819BE" w:rsidRDefault="0001330F" w:rsidP="003C317B">
+    <w:p w14:paraId="57C622F3" w14:textId="77777777" w:rsidR="0001330F" w:rsidRPr="004819BE" w:rsidRDefault="0001330F" w:rsidP="003C317B">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0001330F" w:rsidRPr="004819BE" w:rsidRDefault="0001330F" w:rsidP="003C317B">
+    <w:p w14:paraId="67379965" w14:textId="77777777" w:rsidR="0001330F" w:rsidRPr="004819BE" w:rsidRDefault="0001330F" w:rsidP="003C317B">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0001330F" w:rsidRPr="004819BE" w:rsidRDefault="0001330F" w:rsidP="003C317B">
+    <w:p w14:paraId="5B049EB7" w14:textId="77777777" w:rsidR="0001330F" w:rsidRPr="004819BE" w:rsidRDefault="0001330F" w:rsidP="003C317B">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0001330F" w:rsidRPr="004819BE" w:rsidRDefault="0001330F" w:rsidP="003C317B">
+    <w:p w14:paraId="5B49C951" w14:textId="77777777" w:rsidR="0001330F" w:rsidRPr="004819BE" w:rsidRDefault="0001330F" w:rsidP="003C317B">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0001330F" w:rsidRPr="004819BE" w:rsidRDefault="0001330F" w:rsidP="003C317B">
+    <w:p w14:paraId="38BD056A" w14:textId="77777777" w:rsidR="0001330F" w:rsidRPr="004819BE" w:rsidRDefault="0001330F" w:rsidP="003C317B">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00897BA6" w:rsidRPr="004819BE" w:rsidRDefault="00897BA6" w:rsidP="003C317B">
+    <w:p w14:paraId="468576F1" w14:textId="77777777" w:rsidR="00897BA6" w:rsidRPr="004819BE" w:rsidRDefault="00897BA6" w:rsidP="003C317B">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00897BA6" w:rsidRPr="004819BE" w:rsidRDefault="00897BA6" w:rsidP="003C317B">
+    <w:p w14:paraId="0930E7AD" w14:textId="77777777" w:rsidR="00897BA6" w:rsidRPr="004819BE" w:rsidRDefault="00897BA6" w:rsidP="003C317B">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00897BA6" w:rsidRPr="004819BE" w:rsidRDefault="00897BA6" w:rsidP="003C317B">
+    <w:p w14:paraId="34348F72" w14:textId="77777777" w:rsidR="00897BA6" w:rsidRPr="004819BE" w:rsidRDefault="00897BA6" w:rsidP="003C317B">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A6723A" w:rsidRPr="004819BE" w:rsidRDefault="00A6723A" w:rsidP="003C317B">
+    <w:p w14:paraId="5F6FD9B6" w14:textId="77777777" w:rsidR="00A6723A" w:rsidRPr="004819BE" w:rsidRDefault="00A6723A" w:rsidP="003C317B">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004335AB" w:rsidRPr="004819BE" w:rsidRDefault="004335AB" w:rsidP="00AB3DFE">
+    <w:p w14:paraId="60FFF807" w14:textId="77777777" w:rsidR="004335AB" w:rsidRPr="004819BE" w:rsidRDefault="004335AB" w:rsidP="00AB3DFE">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00E1753A">
+    <w:p w14:paraId="56DB075F" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00E1753A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Adran</w:t>
       </w:r>
       <w:r w:rsidR="00E1753A" w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1: </w:t>
       </w:r>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Manylion y bartneriaeth</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00E1753A">
+    <w:p w14:paraId="2BB6B7C2" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00E1753A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
+    <w:p w14:paraId="1BB444B4" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Enw’r bartneriaeth</w:t>
       </w:r>
       <w:r w:rsidR="00E1753A" w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00AB3911">
+    <w:p w14:paraId="6DBC5BD8" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00AB3911">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
+    <w:p w14:paraId="6E1C5EFC" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Teitl y rhaglen</w:t>
       </w:r>
       <w:r w:rsidR="00E1753A" w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00AB3911">
+    <w:p w14:paraId="5174CA94" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00AB3911">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
+    <w:p w14:paraId="088C724D" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Cyflwynwyd gan</w:t>
       </w:r>
@@ -769,51 +767,51 @@
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>prif gyswllt y bartneriaeth</w:t>
       </w:r>
       <w:r w:rsidR="00E1753A" w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00AB3911">
+    <w:p w14:paraId="0F09A1FB" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="009C1066" w:rsidRPr="004819BE">
         <w:rPr>
@@ -866,826 +864,826 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C1066" w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>a rhif ffôn</w:t>
       </w:r>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
+    <w:p w14:paraId="7F97E1E3" w14:textId="77777777" w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
+    <w:p w14:paraId="00C1BB27" w14:textId="77777777" w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
+    <w:p w14:paraId="23357A0C" w14:textId="77777777" w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
+    <w:p w14:paraId="5597DEA6" w14:textId="77777777" w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
+    <w:p w14:paraId="3E4565CD" w14:textId="77777777" w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
+    <w:p w14:paraId="075F4364" w14:textId="77777777" w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
+    <w:p w14:paraId="6CA9059A" w14:textId="77777777" w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
+    <w:p w14:paraId="2B48E094" w14:textId="77777777" w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
+    <w:p w14:paraId="25DC5C84" w14:textId="77777777" w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00AB3911">
-[...7 lines deleted...]
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
+    <w:p w14:paraId="11D60A20" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00AB3911">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B4F1CC1" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Llofnod electronig</w:t>
       </w:r>
       <w:r w:rsidR="00E1753A" w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00AB3911">
+    <w:p w14:paraId="050EFB9F" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00AB3911">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
+    <w:p w14:paraId="2AD7BEA2" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Dyddiad</w:t>
       </w:r>
       <w:r w:rsidR="00E1753A" w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004335AB" w:rsidRPr="004819BE" w:rsidRDefault="004335AB" w:rsidP="00C167AF">
+    <w:p w14:paraId="31B90559" w14:textId="77777777" w:rsidR="004335AB" w:rsidRPr="004819BE" w:rsidRDefault="004335AB" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004335AB" w:rsidRPr="004819BE" w:rsidRDefault="004335AB" w:rsidP="00C167AF">
+    <w:p w14:paraId="220EFF86" w14:textId="77777777" w:rsidR="004335AB" w:rsidRPr="004819BE" w:rsidRDefault="004335AB" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004335AB" w:rsidRPr="004819BE" w:rsidRDefault="004335AB" w:rsidP="00C167AF">
+    <w:p w14:paraId="346D8981" w14:textId="77777777" w:rsidR="004335AB" w:rsidRPr="004819BE" w:rsidRDefault="004335AB" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="6940DAD3" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="7817BCFF" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="41BA7581" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="293A9AE0" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="48544204" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="63756799" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="2A1431C0" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="63C54C11" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="230426A8" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="714BC5E2" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="02F35A8E" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="4CE598FB" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="1F2AB326" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="44277ABE" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="399C9EDE" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="48878E4E" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="136B1025" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="0D570BB3" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
+    <w:p w14:paraId="5F68849A" w14:textId="77777777" w:rsidR="00E1753A" w:rsidRPr="004819BE" w:rsidRDefault="00E1753A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00C167AF">
+    <w:p w14:paraId="47B3F916" w14:textId="77777777" w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0001330F" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00C167AF">
+    <w:p w14:paraId="5E67A578" w14:textId="77777777" w:rsidR="0001330F" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Adran</w:t>
       </w:r>
       <w:r w:rsidR="00E1753A" w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2: </w:t>
       </w:r>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Newid(iadau) arfaethedig a’r effaith bosibl</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00C167AF">
-[...10 lines deleted...]
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
+    <w:p w14:paraId="4943DCB0" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B761B96" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Disgrifiad o’r newid(iadau</w:t>
       </w:r>
       <w:r w:rsidR="00911991" w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
+    <w:p w14:paraId="0D0D268E" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Rhowch ddisgrifiad mor fanwl â phosibl o’r newid(iadau) os gwelwch yn dda. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00AB3911">
+    <w:p w14:paraId="4C8CDFFD" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
+    <w:p w14:paraId="5379D4E9" w14:textId="77777777" w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
+    <w:p w14:paraId="03E9CCFC" w14:textId="77777777" w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
+    <w:p w14:paraId="3B6986F6" w14:textId="77777777" w:rsidR="00AB3911" w:rsidRPr="004819BE" w:rsidRDefault="00AB3911" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00AB3911">
+    <w:p w14:paraId="5A6B53AC" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00911991">
-[...10 lines deleted...]
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
+    <w:p w14:paraId="6275D230" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00911991">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D0D5A12" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Dyddiad y bydd y newid(iadau) yn cael eu gweithredu</w:t>
       </w:r>
       <w:r w:rsidR="00911991" w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="005C0A67" w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00911991">
-[...10 lines deleted...]
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
+    <w:p w14:paraId="64454E30" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00911991">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51D5659F" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Effaith y newid(iadau):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1066" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
+    <w:p w14:paraId="02A86AF8" w14:textId="77777777" w:rsidR="009C1066" w:rsidRPr="004819BE" w:rsidRDefault="009C1066" w:rsidP="00AB3911">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Er mwyn asesu sut y bydd y newid(iada</w:t>
       </w:r>
       <w:r w:rsidR="002A73D5" w:rsidRPr="004819BE">
         <w:rPr>
@@ -1720,385 +1718,385 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>’n ddefnyddiol os yw’r newid(iadau) yn cael e</w:t>
       </w:r>
       <w:r w:rsidR="00834C45">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>u hystyried yng nghyd-destun y Meini P</w:t>
       </w:r>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>rawf.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="005C0A67">
+    <w:p w14:paraId="121C5648" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="005C0A67">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="005C0A67">
+    <w:p w14:paraId="6426C5BF" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="005C0A67">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="005C0A67">
+    <w:p w14:paraId="3E7D2D11" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="005C0A67">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="005C0A67">
+    <w:p w14:paraId="6336C89B" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="005C0A67">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="005C0A67">
+    <w:p w14:paraId="47BABD92" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="005C0A67">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="005C0A67">
+    <w:p w14:paraId="62076D05" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="005C0A67">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="4F6228" w:themeColor="accent3" w:themeShade="80"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="51EE30A2" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="39CC8C32" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="772B2FBB" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="4ED30368" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="10368AF8" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="177E0BEF" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="599CA05F" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="68C14077" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="58D2FAE8" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="30F082C7" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="15D5E6BC" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="4A0176FD" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="353EA6B2" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="3F8DCBE3" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="3DD39968" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="79B111BB" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="190222CE" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="01FDF3A9" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
+    <w:p w14:paraId="06793E10" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="004819BE" w:rsidRDefault="00911991" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00911991" w:rsidRPr="003C050A" w:rsidRDefault="003C050A" w:rsidP="003C050A">
+    <w:p w14:paraId="744EB0F9" w14:textId="77777777" w:rsidR="00911991" w:rsidRPr="003C050A" w:rsidRDefault="003C050A" w:rsidP="003C050A">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Mae’r ddogfen yma hefyd ar gael yn </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Saesneg.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE0D60" w:rsidRPr="004819BE" w:rsidRDefault="008F3321" w:rsidP="00D92FEA">
+    <w:p w14:paraId="09E82408" w14:textId="77777777" w:rsidR="00AE0D60" w:rsidRPr="004819BE" w:rsidRDefault="008F3321" w:rsidP="00D92FEA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004819BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">This document is also available in </w:t>
       </w:r>
       <w:r w:rsidR="006A4E58">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
@@ -2110,253 +2108,251 @@
       <w:r w:rsidR="00947B09">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AE0D60" w:rsidRPr="004819BE" w:rsidSect="00AE0D60">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AE0D60" w:rsidRDefault="00AE0D60" w:rsidP="00AE0D60">
+    <w:p w14:paraId="4D989C20" w14:textId="77777777" w:rsidR="00AE0D60" w:rsidRDefault="00AE0D60" w:rsidP="00AE0D60">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AE0D60" w:rsidRDefault="00AE0D60" w:rsidP="00AE0D60">
+    <w:p w14:paraId="0AB39787" w14:textId="77777777" w:rsidR="00AE0D60" w:rsidRDefault="00AE0D60" w:rsidP="00AE0D60">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1588537777"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00FF457A" w:rsidRPr="0078297A" w:rsidRDefault="00FF457A">
+      <w:p w14:paraId="7FE7C4FC" w14:textId="77777777" w:rsidR="00FF457A" w:rsidRPr="0078297A" w:rsidRDefault="00FF457A">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="0078297A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="0078297A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="0078297A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00834C45">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="0078297A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00FF457A" w:rsidRDefault="00FF457A">
+  <w:p w14:paraId="797CF74C" w14:textId="77777777" w:rsidR="00FF457A" w:rsidRDefault="00FF457A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00AE0D60" w:rsidRPr="00AE0D60" w:rsidRDefault="00983E0B" w:rsidP="00AE0D60">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7E783739" w14:textId="77777777" w:rsidR="00AE0D60" w:rsidRPr="00AE0D60" w:rsidRDefault="00983E0B" w:rsidP="00AE0D60">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:t>Hydref</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00AB3DFE">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> 2019</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00AE0D60" w:rsidRDefault="00AE0D60">
+  <w:p w14:paraId="64EB7AE5" w14:textId="77777777" w:rsidR="00AE0D60" w:rsidRDefault="00AE0D60">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AE0D60" w:rsidRDefault="00AE0D60" w:rsidP="00AE0D60">
+    <w:p w14:paraId="3A28519A" w14:textId="77777777" w:rsidR="00AE0D60" w:rsidRDefault="00AE0D60" w:rsidP="00AE0D60">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AE0D60" w:rsidRDefault="00AE0D60" w:rsidP="00AE0D60">
+    <w:p w14:paraId="2739D572" w14:textId="77777777" w:rsidR="00AE0D60" w:rsidRDefault="00AE0D60" w:rsidP="00AE0D60">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="099E34EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="779048CC"/>
     <w:lvl w:ilvl="0" w:tplc="233E7190">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -2758,51 +2754,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A760B8"/>
@@ -2964,50 +2960,51 @@
     <w:rsid w:val="00A67E5B"/>
     <w:rsid w:val="00A760B8"/>
     <w:rsid w:val="00A835A8"/>
     <w:rsid w:val="00A83E4A"/>
     <w:rsid w:val="00A92ACC"/>
     <w:rsid w:val="00AB3911"/>
     <w:rsid w:val="00AB3DFE"/>
     <w:rsid w:val="00AB575A"/>
     <w:rsid w:val="00AD6708"/>
     <w:rsid w:val="00AE0D60"/>
     <w:rsid w:val="00B01473"/>
     <w:rsid w:val="00B06FEA"/>
     <w:rsid w:val="00B10511"/>
     <w:rsid w:val="00B15C9E"/>
     <w:rsid w:val="00B24D94"/>
     <w:rsid w:val="00B27689"/>
     <w:rsid w:val="00B54DA9"/>
     <w:rsid w:val="00B60F94"/>
     <w:rsid w:val="00B75C7F"/>
     <w:rsid w:val="00B7620A"/>
     <w:rsid w:val="00B81944"/>
     <w:rsid w:val="00B856F1"/>
     <w:rsid w:val="00B86DF0"/>
     <w:rsid w:val="00B92AC4"/>
     <w:rsid w:val="00BA4547"/>
+    <w:rsid w:val="00BC5EF3"/>
     <w:rsid w:val="00BE049C"/>
     <w:rsid w:val="00BF5BD9"/>
     <w:rsid w:val="00C10A07"/>
     <w:rsid w:val="00C167AF"/>
     <w:rsid w:val="00C32CCD"/>
     <w:rsid w:val="00C44228"/>
     <w:rsid w:val="00C7135F"/>
     <w:rsid w:val="00C73AB6"/>
     <w:rsid w:val="00C80CAB"/>
     <w:rsid w:val="00CB1450"/>
     <w:rsid w:val="00CD35D1"/>
     <w:rsid w:val="00CE273C"/>
     <w:rsid w:val="00CE4A42"/>
     <w:rsid w:val="00CE7FFC"/>
     <w:rsid w:val="00D043B1"/>
     <w:rsid w:val="00D05573"/>
     <w:rsid w:val="00D23865"/>
     <w:rsid w:val="00D27F37"/>
     <w:rsid w:val="00D30718"/>
     <w:rsid w:val="00D33E3E"/>
     <w:rsid w:val="00D42BB5"/>
     <w:rsid w:val="00D457F0"/>
     <w:rsid w:val="00D473A9"/>
     <w:rsid w:val="00D55FA5"/>
     <w:rsid w:val="00D563D5"/>
@@ -3050,66 +3047,67 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="02C1B5AF"/>
   <w15:docId w15:val="{89FCED2D-8146-4E91-B7D8-BA9CFA65C2B8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3208,55 +3206,55 @@
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -3432,50 +3430,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
@@ -3600,51 +3599,51 @@
     <w:rsid w:val="00AE0D60"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AE0D60"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="178324180">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:achreduaga@cga.cymru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>