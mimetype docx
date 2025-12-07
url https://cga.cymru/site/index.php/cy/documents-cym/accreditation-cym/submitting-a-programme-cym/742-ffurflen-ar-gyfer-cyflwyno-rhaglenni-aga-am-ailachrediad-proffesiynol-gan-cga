--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -1,66 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="194D3F22" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00A312B0" w:rsidRDefault="00CB1450" w:rsidP="00CB1450">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A5406CE" wp14:editId="7495C3D5">
             <wp:extent cx="2028825" cy="2133600"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="2" name="Picture 2" descr="P:\E. Communications, Publications &amp; Events\Logos &amp; Style Guides\EWC\Standard logos and style guide\EWC Colour Logo without box.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="P:\E. Communications, Publications &amp; Events\Logos &amp; Style Guides\EWC\Standard logos and style guide\EWC Colour Logo without box.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
@@ -72,74 +70,61 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2028825" cy="2133600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="437BC5E8" w14:textId="77777777" w:rsidR="00C167AF" w:rsidRPr="00A312B0" w:rsidRDefault="00C167AF" w:rsidP="00902D8F">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="7E6424DA" w14:textId="0CBA804F" w:rsidR="00C167AF" w:rsidRPr="00A312B0" w:rsidRDefault="00C167AF" w:rsidP="00716425">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E6424DA" w14:textId="77777777" w:rsidR="00C167AF" w:rsidRPr="00A312B0" w:rsidRDefault="00C167AF" w:rsidP="00902D8F">
-[...10 lines deleted...]
-    </w:p>
     <w:p w14:paraId="62E6BBA6" w14:textId="5E254EC6" w:rsidR="00E86451" w:rsidRPr="009E501D" w:rsidRDefault="00E86451" w:rsidP="00E86451">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E501D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Ffurflen ar gyfer cyflwyno rhaglenni AGA am ailachrediad proffesiynol gan CGA </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48B9C444" w14:textId="3C45F7BE" w:rsidR="00902D8F" w:rsidRPr="00167A8C" w:rsidRDefault="00902D8F" w:rsidP="00902D8F">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -191,51 +176,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167A8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Sut i lenwi’r ffurflen hon </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46355464" w14:textId="77777777" w:rsidR="00D30718" w:rsidRPr="00167A8C" w:rsidRDefault="00D30718">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06F354C7" w14:textId="6BF0F052" w:rsidR="00063E61" w:rsidRPr="00167A8C" w:rsidRDefault="00FB221F" w:rsidP="00856AA6">
+    <w:p w14:paraId="06F354C7" w14:textId="5DDD4D87" w:rsidR="00063E61" w:rsidRDefault="00FB221F" w:rsidP="00856AA6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167A8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Llenwch </w:t>
       </w:r>
       <w:r w:rsidRPr="00167A8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -243,232 +228,208 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>un ffurflen ar gyfer pob rhaglen</w:t>
       </w:r>
       <w:r w:rsidRPr="00167A8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> sy’n cael ei chyflwyno i’w h</w:t>
       </w:r>
       <w:r w:rsidR="00D47EF1" w:rsidRPr="00167A8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>ail</w:t>
       </w:r>
+      <w:r w:rsidR="00F60D7F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
       <w:r w:rsidRPr="00167A8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>achredu.  Pan fo partneriaeth yn cyflwyno mwy nag un rhaglen, mae CGA yn cydnabod bod y bartneriaeth yn debygol o ddyblygu rhywfaint o wybodaeth, yn enwedig yn adran un. Fodd bynnag, mae’n bwysig bod y bartneriaeth yn deall y bydd rhaglenni’n cael eu hasesu’n unigol, ac felly dylai ceisiadau ailadrodd gwybodaeth lle y bo’n briodol, yn hytrach na chroesgyfeirio at geisiadau eraill</w:t>
       </w:r>
       <w:r w:rsidR="004E32C6" w:rsidRPr="00167A8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4007FE9B" w14:textId="77777777" w:rsidR="00063E61" w:rsidRPr="00167A8C" w:rsidRDefault="00063E61" w:rsidP="00063E61">
+    <w:p w14:paraId="0DF4183A" w14:textId="77777777" w:rsidR="00F60D7F" w:rsidRDefault="00F60D7F" w:rsidP="00F60D7F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DBF4F83" w14:textId="79055F2A" w:rsidR="008525CD" w:rsidRPr="00167A8C" w:rsidRDefault="00127489" w:rsidP="001B0091">
+    <w:p w14:paraId="68C9C917" w14:textId="43019728" w:rsidR="00F60D7F" w:rsidRPr="00F60D7F" w:rsidRDefault="00F60D7F" w:rsidP="00F60D7F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00167A8C">
-[...123 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00F60D7F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>Cwblhewch bob adran o'r templed ail-achredu, gan nodi'r newidiadau (a gynlluniwyd neu a weithredwyd) a wnaed ers yr achrediad diwethaf. Lle nad oes dim wedi newid, mae'n gwbl dderbyniol (ac yn cael ei annog) ysgrifennu "Dim newid." Ar gyfer pob pennawd, nodwch newidiadau mewn perthynas â:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="203470BE" w14:textId="77777777" w:rsidR="00F60D7F" w:rsidRPr="00F60D7F" w:rsidRDefault="00F60D7F" w:rsidP="00F60D7F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26F45B1A" w14:textId="013DDF7A" w:rsidR="00F60D7F" w:rsidRPr="00F60D7F" w:rsidRDefault="00F60D7F" w:rsidP="00692D6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F60D7F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>(a) y meini prawf achredu wedi'u diweddaru a;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10851E05" w14:textId="66C0FB2D" w:rsidR="00F60D7F" w:rsidRDefault="00F60D7F" w:rsidP="00692D6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F60D7F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>(b) cynllunio gwella'r bartneriaeth ei hun</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1470EB3B" w14:textId="4AFCEFE7" w:rsidR="00692D6A" w:rsidRDefault="00692D6A" w:rsidP="00F60D7F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="648C56F8" w14:textId="07F1C97B" w:rsidR="00692D6A" w:rsidRPr="00167A8C" w:rsidRDefault="00692D6A" w:rsidP="00F60D7F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00692D6A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>Y nod yw dangos sut mae'r rhaglen yn parhau i wireddu'r Weledigaeth ar gyfer Addysg Gychwynnol Athrawon (Adran A). Gwahaniaethu'n glir rhwng newidiadau a gynlluniwyd a newidiadau a weithredwyd.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F5A07D6" w14:textId="77777777" w:rsidR="00706433" w:rsidRPr="00167A8C" w:rsidRDefault="00706433" w:rsidP="004F6628">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BEBA63C" w14:textId="0536B848" w:rsidR="00F2108B" w:rsidRPr="00167A8C" w:rsidRDefault="00F416C0" w:rsidP="004F6628">
+    <w:p w14:paraId="12EBADE5" w14:textId="77777777" w:rsidR="00692D6A" w:rsidRDefault="00F416C0" w:rsidP="00692D6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167A8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Ar ôl i chi lenwi’r ffurflen hon, e-bostiwch hi at CGA ar </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="004F65BE" w:rsidRPr="00167A8C">
           <w:rPr>
@@ -577,149 +538,71 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>achredu’</w:t>
       </w:r>
       <w:r w:rsidRPr="00167A8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>. Ni fydd rhaglenni sy’n cyrraedd ar ôl y dyddiad hwn yn cael eu hystyried</w:t>
       </w:r>
       <w:r w:rsidR="000455AC" w:rsidRPr="00167A8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A5531A0" w14:textId="77777777" w:rsidR="00856AA6" w:rsidRPr="00167A8C" w:rsidRDefault="00856AA6" w:rsidP="006354B2">
+    <w:p w14:paraId="146338D0" w14:textId="767AE8C1" w:rsidR="005527E0" w:rsidRPr="00692D6A" w:rsidRDefault="002E3BC4" w:rsidP="00692D6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:rPr>
-[...52 lines deleted...]
-      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:b/>
-[...20 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00692D6A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Crynodeb o’r rhaglen </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Crynodeb o’r rhaglen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D8751F0" w14:textId="77777777" w:rsidR="005527E0" w:rsidRPr="00A312B0" w:rsidRDefault="005527E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3823"/>
         <w:gridCol w:w="5805"/>
       </w:tblGrid>
       <w:tr w:rsidR="005527E0" w:rsidRPr="00A312B0" w14:paraId="01FF46A0" w14:textId="77777777" w:rsidTr="008F277C">
         <w:tc>
@@ -1230,226 +1113,118 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="746B7CEC" w14:textId="154296C5" w:rsidR="00C167AF" w:rsidRPr="00A312B0" w:rsidRDefault="005527E0" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Ref127894227"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc129340786"/>
+      <w:bookmarkStart w:id="0" w:name="_Ref127894227"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc129340786"/>
       <w:r w:rsidR="002D7A68" w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Strwythurau a phrosesau’r rhaglen </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:bookmarkEnd w:id="2"/>
-[...107 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="268EEC85" w14:textId="3EE370AE" w:rsidR="00E660FB" w:rsidRPr="00A312B0" w:rsidRDefault="00E660FB" w:rsidP="00E660FB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="541475FE" w14:textId="109200D9" w:rsidR="00E660FB" w:rsidRPr="00A312B0" w:rsidRDefault="00A36F08" w:rsidP="00E660FB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Ref112399049"/>
-      <w:bookmarkStart w:id="4" w:name="_Toc129340787"/>
+      <w:bookmarkStart w:id="2" w:name="_Ref112399049"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc129340787"/>
       <w:r w:rsidR="002F7D10" w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Arweinyddiaeth a rheolaeth y Bartneriaeth </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="2FFF7CA6" w14:textId="77777777" w:rsidR="000B1135" w:rsidRPr="00A312B0" w:rsidRDefault="000B1135" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="775DAAF1" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00A312B0" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F73DA0F" w14:textId="77777777" w:rsidR="00D23865" w:rsidRPr="00A312B0" w:rsidRDefault="00D23865" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
@@ -2034,152 +1809,98 @@
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Mewnbynnau’r rhaglen</w:t>
       </w:r>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EE8FFE3" w14:textId="77777777" w:rsidR="002E1BCD" w:rsidRPr="00A312B0" w:rsidRDefault="002E1BCD" w:rsidP="002E1BCD">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="4A62C77A" w14:textId="77777777" w:rsidR="00692D6A" w:rsidRPr="00A312B0" w:rsidRDefault="00692D6A" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A95D327" w14:textId="23D23715" w:rsidR="00A07817" w:rsidRPr="00A312B0" w:rsidRDefault="00A36F08" w:rsidP="00A07817">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...53 lines deleted...]
-        <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Toc129340794"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc129340794"/>
       <w:r w:rsidR="00E70AB1" w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Y weledigaeth ar gyfer dysgu’r athrawon dan hyfforddiant </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="60D277A7" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00A312B0" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="097F6512" w14:textId="15C58D1D" w:rsidR="009401C0" w:rsidRPr="00A312B0" w:rsidRDefault="009401C0" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BC85BEB" w14:textId="77777777" w:rsidR="00750281" w:rsidRPr="00A312B0" w:rsidRDefault="00A36F08" w:rsidP="00750281">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2295,53 +2016,53 @@
     <w:p w14:paraId="73B45E1E" w14:textId="77777777" w:rsidR="00A07817" w:rsidRPr="00A312B0" w:rsidRDefault="00A07817" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C3DA441" w14:textId="77777777" w:rsidR="00B75B0F" w:rsidRPr="00A312B0" w:rsidRDefault="00A07817" w:rsidP="00B75B0F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>5.4</w:t>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="_Ref115192286"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="_Toc129340797"/>
+      <w:bookmarkStart w:id="5" w:name="_Ref115192286"/>
+      <w:bookmarkStart w:id="6" w:name="_Ref115338358"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc129340797"/>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B75B0F" w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Dyluniad a meysydd astudio’r cwrs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63D34ED1" w14:textId="77777777" w:rsidR="00B75B0F" w:rsidRPr="00A312B0" w:rsidRDefault="00B75B0F" w:rsidP="00B75B0F">
       <w:pPr>
         <w:rPr>
@@ -2372,103 +2093,103 @@
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">5.5 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Gofynion mynediad a gweithdrefnau dewis </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkEnd w:id="8"/>
     <w:p w14:paraId="789D8648" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00A312B0" w:rsidRDefault="00E22D1A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E355E95" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00A312B0" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45E3A03E" w14:textId="77777777" w:rsidR="00E6240E" w:rsidRPr="00A312B0" w:rsidRDefault="00A36F08" w:rsidP="00E6240E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">.6 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_Toc129340799"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc129340799"/>
       <w:r w:rsidR="00E6240E" w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Y Cwricwlwm i Gymru ac astudiaethau pwnc </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48873321" w14:textId="77777777" w:rsidR="00E6240E" w:rsidRPr="00A312B0" w:rsidRDefault="00E6240E" w:rsidP="00E6240E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05C15335" w14:textId="77777777" w:rsidR="00E6240E" w:rsidRPr="00A312B0" w:rsidRDefault="00E6240E" w:rsidP="00E6240E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2477,187 +2198,187 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72193ED0" w14:textId="11D1AD2C" w:rsidR="002E1BCD" w:rsidRPr="00A312B0" w:rsidRDefault="00E6240E" w:rsidP="00F920C9">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">5.7 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Nodi a bodloni anghenion dysgwyr ag Anghenion Dysgu Ychwanegol </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="4D8BB583" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00A312B0" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03BF377D" w14:textId="77777777" w:rsidR="00032D1C" w:rsidRPr="00A312B0" w:rsidRDefault="00032D1C" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59C0622B" w14:textId="6BFF9144" w:rsidR="009956F7" w:rsidRPr="00A312B0" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A312B0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0027147A" w:rsidRPr="00A312B0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.8 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24C1F" w:rsidRPr="00A312B0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E6240E" w:rsidRPr="00A312B0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>Lles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4482E875" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00A312B0" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D1CAC5D" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00A312B0" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B6FE40F" w14:textId="77777777" w:rsidR="001201BC" w:rsidRPr="00A312B0" w:rsidRDefault="00A36F08" w:rsidP="001201BC">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A312B0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0027147A" w:rsidRPr="00A312B0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.9 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24C1F" w:rsidRPr="00A312B0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="_Ref115192337"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc129340802"/>
+      <w:r w:rsidR="001201BC" w:rsidRPr="00A312B0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cynnwys y rhaglen </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="9"/>
-    </w:p>
-[...130 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="10"/>
-      <w:bookmarkEnd w:id="11"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6E8CF5FA" w14:textId="77777777" w:rsidR="001201BC" w:rsidRPr="00A312B0" w:rsidRDefault="001201BC" w:rsidP="001201BC">
+    </w:p>
+    <w:p w14:paraId="7AAC5242" w14:textId="77777777" w:rsidR="00716425" w:rsidRPr="00A312B0" w:rsidRDefault="00716425" w:rsidP="001201BC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30C5728E" w14:textId="77777777" w:rsidR="001201BC" w:rsidRPr="00A312B0" w:rsidRDefault="001201BC" w:rsidP="001201BC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21C87972" w14:textId="77777777" w:rsidR="001201BC" w:rsidRPr="00A312B0" w:rsidRDefault="001201BC" w:rsidP="001201BC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -2716,776 +2437,1131 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00693BC0" w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>.11</w:t>
       </w:r>
       <w:r w:rsidR="00693BC0" w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="_Toc129340804"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc129340804"/>
       <w:r w:rsidR="00BC51EE" w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Deddf Cydraddoldeb 2010, Confensiwn y Cenhedloedd Unedig ar Hawliau’r Plentyn (CCUHP) a Chonfensiwn y Cenhedloedd Unedig ar Hawliau Pobl ag Anableddau (UNCRPD) </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="609E3F9F" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00A312B0" w:rsidRDefault="00F920C9" w:rsidP="0060749B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31FB9074" w14:textId="77777777" w:rsidR="00CD1F99" w:rsidRPr="00A312B0" w:rsidRDefault="00CD1F99" w:rsidP="0060749B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AE175E1" w14:textId="389D7F4D" w:rsidR="0060749B" w:rsidRPr="00A312B0" w:rsidRDefault="0060749B" w:rsidP="0060749B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc129340805"/>
+      <w:r w:rsidRPr="00A312B0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>5.12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A312B0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003E2FE6" w:rsidRPr="00A312B0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Asesu athrawon dan hyfforddiant </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="609E3F9F" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00A312B0" w:rsidRDefault="00F920C9" w:rsidP="0060749B">
-[...27 lines deleted...]
-      <w:bookmarkStart w:id="13" w:name="_Toc129340805"/>
+    <w:p w14:paraId="5673F401" w14:textId="77777777" w:rsidR="0060749B" w:rsidRPr="00A312B0" w:rsidRDefault="0060749B" w:rsidP="0060749B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3964BE34" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00A312B0" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68E1A3AF" w14:textId="6F3623B6" w:rsidR="00E22D1A" w:rsidRPr="00A312B0" w:rsidRDefault="003E2FE6" w:rsidP="00E22D1A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="cy-GB"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>Arall</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="335165C3" w14:textId="41D5B66E" w:rsidR="00E22D1A" w:rsidRPr="00A312B0" w:rsidRDefault="00CE7A15" w:rsidP="00E22D1A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="cy-GB"/>
-[...65 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Darparwch unrhyw wybodaeth berthnasol arall yr hoffech i’r pwyllgor ei hystyried</w:t>
       </w:r>
       <w:r w:rsidR="00A922A2" w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="00692D6A" w:rsidRPr="00692D6A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Gallai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>fod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ddefnyddiol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>i'r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>pwyllgor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>gallwch</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ddarparu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> '</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>enghraifft</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>wedi'i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>gweithio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>drwodd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">' o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ddiwrnodau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>weithgareddau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>allweddol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>fewn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>rhaglen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00692D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="00E22D1A" w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4872CDD7" w14:textId="66DA6D72" w:rsidR="002651BA" w:rsidRPr="00A312B0" w:rsidRDefault="002651BA" w:rsidP="002651BA">
+    <w:p w14:paraId="4A1FF5DC" w14:textId="6B019829" w:rsidR="009956F7" w:rsidRPr="00692D6A" w:rsidRDefault="002651BA" w:rsidP="00692D6A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Ref116634433"/>
-      <w:bookmarkStart w:id="15" w:name="_Toc129340807"/>
+      <w:bookmarkStart w:id="13" w:name="_Ref116634433"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc129340807"/>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Deillianna</w:t>
       </w:r>
       <w:r w:rsidR="00AE444B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>u’r rhaglen ‒ safonau ar gyfer statws athro c</w:t>
       </w:r>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ymwysedig </w:t>
       </w:r>
       <w:r w:rsidR="00AE444B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>(SAC)</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidR="000C22AC" w:rsidRPr="00A312B0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E39980A" w14:textId="0DE2B9B6" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0062508C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>6.1 Cyrraedd y safonau ar gyfer statws athro cymwysedig</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DFB2BE5" w14:textId="77777777" w:rsidR="0062508C" w:rsidRPr="0062508C" w:rsidRDefault="0062508C" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9628"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0062508C" w14:paraId="37DB2CB6" w14:textId="77777777" w:rsidTr="00650B36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23B6D376" w14:textId="473A52A3" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="0062508C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A312B0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Addysgeg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062508C" w14:paraId="74FD0A19" w14:textId="77777777" w:rsidTr="00650B36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E4F0999" w14:textId="77777777" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="00650B36">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6930175C" w14:textId="77777777" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="00650B36">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062508C" w14:paraId="0AA20135" w14:textId="77777777" w:rsidTr="00650B36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A794D94" w14:textId="77777777" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="00650B36">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062508C" w14:paraId="3651C4B3" w14:textId="77777777" w:rsidTr="00650B36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04150AF3" w14:textId="54B1E320" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="0062508C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A312B0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Cydweithredu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062508C" w14:paraId="35546FD4" w14:textId="77777777" w:rsidTr="00650B36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79F3D83F" w14:textId="77777777" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="00650B36">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1ABBE532" w14:textId="77777777" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="00650B36">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062508C" w14:paraId="1EADE066" w14:textId="77777777" w:rsidTr="00650B36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0352E87E" w14:textId="77777777" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="00650B36">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062508C" w14:paraId="32FCFA89" w14:textId="77777777" w:rsidTr="00650B36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F866C7F" w14:textId="4E3DA69B" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="0062508C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A312B0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arloesi </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062508C" w14:paraId="6997F192" w14:textId="77777777" w:rsidTr="00650B36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E242EAA" w14:textId="77777777" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="00650B36">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D1F01E1" w14:textId="77777777" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="00650B36">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062508C" w14:paraId="08AEAEB5" w14:textId="77777777" w:rsidTr="00650B36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="051B7045" w14:textId="77777777" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="00650B36">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062508C" w14:paraId="7BFD4848" w14:textId="77777777" w:rsidTr="00650B36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30710C9A" w14:textId="196B072D" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="0062508C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A312B0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Dysgu proffesiynol</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062508C" w14:paraId="1E7F3037" w14:textId="77777777" w:rsidTr="00650B36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3ECAF847" w14:textId="77777777" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="00650B36">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BA39B08" w14:textId="77777777" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="00650B36">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062508C" w14:paraId="3742465D" w14:textId="77777777" w:rsidTr="00650B36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10696B33" w14:textId="77777777" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="00650B36">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062508C" w14:paraId="788F453E" w14:textId="77777777" w:rsidTr="00650B36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04923887" w14:textId="6DFE22B3" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="0062508C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A312B0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arweinyddiaeth </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062508C" w14:paraId="43A2109F" w14:textId="77777777" w:rsidTr="00650B36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B605030" w14:textId="77777777" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="00650B36">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28F1143C" w14:textId="77777777" w:rsidR="0062508C" w:rsidRDefault="0062508C" w:rsidP="00650B36">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="672BB490" w14:textId="77777777" w:rsidR="0062508C" w:rsidRPr="00A312B0" w:rsidRDefault="0062508C" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27888408" w14:textId="7D704F92" w:rsidR="00CE4A42" w:rsidRPr="00A312B0" w:rsidRDefault="0062508C" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0062508C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>6.2 Safonau ar gyfer sefydlu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B3DF9C7" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00A312B0" w:rsidRDefault="00E22D1A" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53A41D16" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00A312B0" w:rsidRDefault="00E22D1A" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59FCAE01" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00A312B0" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DAC5479" w14:textId="2886EBAB" w:rsidR="00E22D1A" w:rsidRPr="00A312B0" w:rsidRDefault="006145C7" w:rsidP="00E22D1A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...14 lines deleted...]
-      </w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arall </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67318650" w14:textId="047292E3" w:rsidR="00EC786D" w:rsidRPr="00A312B0" w:rsidRDefault="00CE7A15" w:rsidP="00E22D1A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A312B0">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...457 lines deleted...]
-        <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Darparwch unrhyw wybodaeth berthnasol arall yr hoffech i’r pwyllgor ei hystyried</w:t>
       </w:r>
       <w:r w:rsidR="005C3F24" w:rsidRPr="00A312B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71FA9B87" w14:textId="77777777" w:rsidR="00F22F89" w:rsidRPr="00A312B0" w:rsidRDefault="00F22F89" w:rsidP="00C167AF">
-      <w:pPr>
-[...31 lines deleted...]
-    <w:p w14:paraId="0A51E95A" w14:textId="77777777" w:rsidR="00DA0635" w:rsidRPr="00A312B0" w:rsidRDefault="00DA0635" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0371D1BA" w14:textId="77777777" w:rsidR="00DA0635" w:rsidRPr="00A312B0" w:rsidRDefault="00DA0635" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4087909B" w14:textId="77777777" w:rsidR="00DA0635" w:rsidRPr="00A312B0" w:rsidRDefault="00DA0635" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3530,258 +3606,394 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C2EF3AC" w14:textId="77777777" w:rsidR="001E417A" w:rsidRPr="00A312B0" w:rsidRDefault="001E417A" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D86AFC2" w14:textId="77777777" w:rsidR="00131F6D" w:rsidRPr="00131F6D" w:rsidRDefault="00131F6D" w:rsidP="00131F6D">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="cysill"/>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkStart w:id="15" w:name="cysill"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00131F6D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Mae’r ddogfen yma hefyd ar gael yn Saesneg.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44B3370F" w14:textId="1AFD39DE" w:rsidR="000169D4" w:rsidRPr="00131F6D" w:rsidRDefault="00131F6D" w:rsidP="00A10E05">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131F6D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>This document is also available in English.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="000169D4" w:rsidRPr="00131F6D" w:rsidSect="001E417A">
+    <w:sectPr w:rsidR="000169D4" w:rsidRPr="00131F6D" w:rsidSect="00716425">
       <w:footerReference w:type="default" r:id="rId11"/>
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27B1D4B9" w14:textId="77777777" w:rsidR="00E536A6" w:rsidRDefault="00E536A6" w:rsidP="00B91D4A">
+    <w:p w14:paraId="5CAAED1D" w14:textId="77777777" w:rsidR="00B54C75" w:rsidRDefault="00B54C75" w:rsidP="00B91D4A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D79C7C7" w14:textId="77777777" w:rsidR="00E536A6" w:rsidRDefault="00E536A6" w:rsidP="00B91D4A">
+    <w:p w14:paraId="44DF28F1" w14:textId="77777777" w:rsidR="00B54C75" w:rsidRDefault="00B54C75" w:rsidP="00B91D4A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tunga">
-    <w:altName w:val="Cambria"/>
+    <w:altName w:val="Tunga"/>
     <w:panose1 w:val="00000400000000000000"/>
-    <w:charset w:val="01"/>
-[...1 lines deleted...]
-    <w:notTrueType/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00400003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3BE7CA60" w14:textId="77777777" w:rsidR="00B91D4A" w:rsidRDefault="00B91D4A" w:rsidP="00B91D4A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1418287441"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="5C1EBA55" w14:textId="5C4DA0D1" w:rsidR="00716425" w:rsidRDefault="00716425">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="0062508C">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="3BE7CA60" w14:textId="38DB9CE4" w:rsidR="00B91D4A" w:rsidRDefault="00B91D4A" w:rsidP="00B91D4A">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:i/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...32 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="300482E8" w14:textId="77777777" w:rsidR="00E536A6" w:rsidRDefault="00E536A6" w:rsidP="00B91D4A">
+    <w:p w14:paraId="63F91720" w14:textId="77777777" w:rsidR="00B54C75" w:rsidRDefault="00B54C75" w:rsidP="00B91D4A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12CEA981" w14:textId="77777777" w:rsidR="00E536A6" w:rsidRDefault="00E536A6" w:rsidP="00B91D4A">
+    <w:p w14:paraId="2167AF4B" w14:textId="77777777" w:rsidR="00B54C75" w:rsidRDefault="00B54C75" w:rsidP="00B91D4A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="0B690D6E" w14:textId="45F2BFF2" w:rsidR="00716425" w:rsidRPr="00716425" w:rsidRDefault="00716425" w:rsidP="00716425">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00716425">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Ddyroddir</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00716425">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00716425">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Ebrill</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00716425">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2023</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="40BAA67F" w14:textId="5D3A832C" w:rsidR="00716425" w:rsidRPr="00716425" w:rsidRDefault="00716425" w:rsidP="00716425">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00716425">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Wedi</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00716425">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00716425">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Adolygu</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00716425">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00716425">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Awst</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00716425">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2025</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="03A7CA91" w14:textId="77777777" w:rsidR="00716425" w:rsidRDefault="00716425">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="099E34EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FCFC0AC6"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4338,92 +4550,93 @@
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:suff w:val="space"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A760B8"/>
     <w:rsid w:val="00000BA4"/>
     <w:rsid w:val="00004CE9"/>
     <w:rsid w:val="00013980"/>
     <w:rsid w:val="000169D4"/>
     <w:rsid w:val="00032D1C"/>
     <w:rsid w:val="00034960"/>
     <w:rsid w:val="000357E6"/>
     <w:rsid w:val="00035E48"/>
     <w:rsid w:val="000455AC"/>
     <w:rsid w:val="00061C5A"/>
     <w:rsid w:val="0006366C"/>
     <w:rsid w:val="00063E61"/>
     <w:rsid w:val="00075B5A"/>
     <w:rsid w:val="00082956"/>
+    <w:rsid w:val="00087472"/>
     <w:rsid w:val="0009343F"/>
     <w:rsid w:val="00096C7D"/>
     <w:rsid w:val="000B1135"/>
     <w:rsid w:val="000B3181"/>
     <w:rsid w:val="000C002C"/>
     <w:rsid w:val="000C22AC"/>
     <w:rsid w:val="000E16CD"/>
     <w:rsid w:val="000E34FD"/>
     <w:rsid w:val="000E7484"/>
     <w:rsid w:val="00106D74"/>
     <w:rsid w:val="001201BC"/>
     <w:rsid w:val="00124151"/>
     <w:rsid w:val="00125A54"/>
     <w:rsid w:val="00127489"/>
     <w:rsid w:val="00131F6D"/>
     <w:rsid w:val="00145F36"/>
     <w:rsid w:val="00151D59"/>
     <w:rsid w:val="001538EE"/>
     <w:rsid w:val="00167A8C"/>
     <w:rsid w:val="00175F56"/>
     <w:rsid w:val="00193BE5"/>
     <w:rsid w:val="001A13DF"/>
     <w:rsid w:val="001B0091"/>
     <w:rsid w:val="001C0C57"/>
     <w:rsid w:val="001C4C70"/>
@@ -4470,68 +4683,70 @@
     <w:rsid w:val="00401C4D"/>
     <w:rsid w:val="004167CF"/>
     <w:rsid w:val="0044760F"/>
     <w:rsid w:val="00464E48"/>
     <w:rsid w:val="004823FA"/>
     <w:rsid w:val="004A78D8"/>
     <w:rsid w:val="004B58B6"/>
     <w:rsid w:val="004D26FB"/>
     <w:rsid w:val="004E0920"/>
     <w:rsid w:val="004E32C6"/>
     <w:rsid w:val="004F65BE"/>
     <w:rsid w:val="004F6628"/>
     <w:rsid w:val="00523410"/>
     <w:rsid w:val="00532269"/>
     <w:rsid w:val="00541258"/>
     <w:rsid w:val="005527E0"/>
     <w:rsid w:val="00582A75"/>
     <w:rsid w:val="005A1458"/>
     <w:rsid w:val="005B3FE1"/>
     <w:rsid w:val="005C3F24"/>
     <w:rsid w:val="005C6797"/>
     <w:rsid w:val="005D0FCC"/>
     <w:rsid w:val="005D2070"/>
     <w:rsid w:val="005D43C6"/>
     <w:rsid w:val="006039EE"/>
-    <w:rsid w:val="00603A95"/>
     <w:rsid w:val="0060749B"/>
     <w:rsid w:val="006145C7"/>
     <w:rsid w:val="0062223E"/>
+    <w:rsid w:val="0062508C"/>
     <w:rsid w:val="00627008"/>
     <w:rsid w:val="006354B2"/>
     <w:rsid w:val="00647518"/>
     <w:rsid w:val="0065496A"/>
     <w:rsid w:val="0066037A"/>
     <w:rsid w:val="006815BE"/>
     <w:rsid w:val="00682D48"/>
+    <w:rsid w:val="00692D6A"/>
     <w:rsid w:val="00693BC0"/>
     <w:rsid w:val="006A2DEA"/>
     <w:rsid w:val="006A575A"/>
     <w:rsid w:val="006E08E5"/>
     <w:rsid w:val="006E6C09"/>
     <w:rsid w:val="006F00C6"/>
     <w:rsid w:val="00706433"/>
+    <w:rsid w:val="00716425"/>
     <w:rsid w:val="007171A2"/>
     <w:rsid w:val="00721264"/>
     <w:rsid w:val="00732C32"/>
     <w:rsid w:val="00733C9A"/>
     <w:rsid w:val="00741F0D"/>
     <w:rsid w:val="00743692"/>
     <w:rsid w:val="00750281"/>
     <w:rsid w:val="00764268"/>
     <w:rsid w:val="00764921"/>
     <w:rsid w:val="00770268"/>
     <w:rsid w:val="00770892"/>
     <w:rsid w:val="00780F90"/>
     <w:rsid w:val="00782012"/>
     <w:rsid w:val="00782520"/>
     <w:rsid w:val="007C4C55"/>
     <w:rsid w:val="007C549A"/>
     <w:rsid w:val="007D09E0"/>
     <w:rsid w:val="007F1EB9"/>
     <w:rsid w:val="00817B2F"/>
     <w:rsid w:val="00817DEF"/>
     <w:rsid w:val="0084677A"/>
     <w:rsid w:val="008525CD"/>
     <w:rsid w:val="00853634"/>
     <w:rsid w:val="00856AA6"/>
     <w:rsid w:val="00857C09"/>
@@ -4559,50 +4774,51 @@
     <w:rsid w:val="00A07817"/>
     <w:rsid w:val="00A10E05"/>
     <w:rsid w:val="00A16AEC"/>
     <w:rsid w:val="00A24C1F"/>
     <w:rsid w:val="00A25F91"/>
     <w:rsid w:val="00A312B0"/>
     <w:rsid w:val="00A36F08"/>
     <w:rsid w:val="00A44257"/>
     <w:rsid w:val="00A6179A"/>
     <w:rsid w:val="00A67E5B"/>
     <w:rsid w:val="00A760B8"/>
     <w:rsid w:val="00A835A8"/>
     <w:rsid w:val="00A922A2"/>
     <w:rsid w:val="00A92ACC"/>
     <w:rsid w:val="00AB575A"/>
     <w:rsid w:val="00AC450C"/>
     <w:rsid w:val="00AD6708"/>
     <w:rsid w:val="00AE382B"/>
     <w:rsid w:val="00AE444B"/>
     <w:rsid w:val="00B01473"/>
     <w:rsid w:val="00B06FEA"/>
     <w:rsid w:val="00B10511"/>
     <w:rsid w:val="00B15C9E"/>
     <w:rsid w:val="00B24D94"/>
     <w:rsid w:val="00B27689"/>
+    <w:rsid w:val="00B54C75"/>
     <w:rsid w:val="00B54DA9"/>
     <w:rsid w:val="00B60F94"/>
     <w:rsid w:val="00B75B0F"/>
     <w:rsid w:val="00B75C7F"/>
     <w:rsid w:val="00B7620A"/>
     <w:rsid w:val="00B86DF0"/>
     <w:rsid w:val="00B91D4A"/>
     <w:rsid w:val="00B92AC4"/>
     <w:rsid w:val="00BA4547"/>
     <w:rsid w:val="00BB2A42"/>
     <w:rsid w:val="00BC080D"/>
     <w:rsid w:val="00BC51EE"/>
     <w:rsid w:val="00BF5BD9"/>
     <w:rsid w:val="00C10A07"/>
     <w:rsid w:val="00C167AF"/>
     <w:rsid w:val="00C44228"/>
     <w:rsid w:val="00C45901"/>
     <w:rsid w:val="00C7135F"/>
     <w:rsid w:val="00C80CAB"/>
     <w:rsid w:val="00CB1450"/>
     <w:rsid w:val="00CD1F99"/>
     <w:rsid w:val="00CE273C"/>
     <w:rsid w:val="00CE4A42"/>
     <w:rsid w:val="00CE7A15"/>
     <w:rsid w:val="00CE7FFC"/>
@@ -4631,103 +4847,104 @@
     <w:rsid w:val="00E23829"/>
     <w:rsid w:val="00E31F76"/>
     <w:rsid w:val="00E320E0"/>
     <w:rsid w:val="00E536A6"/>
     <w:rsid w:val="00E6240E"/>
     <w:rsid w:val="00E660FB"/>
     <w:rsid w:val="00E70AB1"/>
     <w:rsid w:val="00E81A55"/>
     <w:rsid w:val="00E843FE"/>
     <w:rsid w:val="00E85ECE"/>
     <w:rsid w:val="00E86451"/>
     <w:rsid w:val="00E94A82"/>
     <w:rsid w:val="00EB2B12"/>
     <w:rsid w:val="00EC786D"/>
     <w:rsid w:val="00EE0F0C"/>
     <w:rsid w:val="00EE1B13"/>
     <w:rsid w:val="00EE3248"/>
     <w:rsid w:val="00EF0481"/>
     <w:rsid w:val="00F068CC"/>
     <w:rsid w:val="00F1032B"/>
     <w:rsid w:val="00F1089C"/>
     <w:rsid w:val="00F11FFA"/>
     <w:rsid w:val="00F2108B"/>
     <w:rsid w:val="00F22F89"/>
     <w:rsid w:val="00F416C0"/>
+    <w:rsid w:val="00F60D7F"/>
     <w:rsid w:val="00F62C8F"/>
     <w:rsid w:val="00F63B2B"/>
     <w:rsid w:val="00F63CE9"/>
     <w:rsid w:val="00F6469E"/>
     <w:rsid w:val="00F8013A"/>
     <w:rsid w:val="00F85A24"/>
     <w:rsid w:val="00F920C9"/>
     <w:rsid w:val="00FA26FE"/>
     <w:rsid w:val="00FB221F"/>
     <w:rsid w:val="00FD02AB"/>
     <w:rsid w:val="00FE73CB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="kn-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="38ED9142"/>
   <w15:docId w15:val="{89FCED2D-8146-4E91-B7D8-BA9CFA65C2B8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4783,95 +5000,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
@@ -5049,50 +5269,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Heading3"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E660FB"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="240"/>
@@ -5350,73 +5571,73 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0006366C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:semiHidden/>
     <w:rsid w:val="0006366C"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1610427451">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:achreduaga@cga.cymru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:achreduaga@cga.cymru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5943,69 +6164,69 @@
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8814C2B-72AC-45BB-8460-BB919C6DA0D3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="90a37204-2a25-44cd-a25f-32bc15b9ed6a"/>
     <ds:schemaRef ds:uri="f4a94fe2-40f4-40c0-96fb-e0d6ec2b6713"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>652</Words>
-  <Characters>3750</Characters>
+  <Words>535</Words>
+  <Characters>3179</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>8</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4394</CharactersWithSpaces>
+  <CharactersWithSpaces>3707</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Hayden Llewellyn</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>