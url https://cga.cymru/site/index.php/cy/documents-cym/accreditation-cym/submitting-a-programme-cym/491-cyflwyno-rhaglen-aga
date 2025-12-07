--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -1,55 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="15015E11" w14:textId="77777777" w:rsidR="00902D8F" w:rsidRPr="00394AB3" w:rsidRDefault="00CB1450" w:rsidP="00CB1450">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00394AB3">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="015767A0" wp14:editId="112F27F7">
             <wp:extent cx="2028825" cy="2133600"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="2" name="Picture 2" descr="P:\E. Communications, Publications &amp; Events\Logos &amp; Style Guides\EWC\Standard logos and style guide\EWC Colour Logo without box.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -93,63 +94,61 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="59A7399E" w14:textId="77777777" w:rsidR="00C167AF" w:rsidRPr="00394AB3" w:rsidRDefault="00C167AF" w:rsidP="00902D8F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25F53508" w14:textId="7B6CB485" w:rsidR="00902D8F" w:rsidRPr="007C2763" w:rsidRDefault="00394AB3" w:rsidP="00FC549F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r w:rsidRPr="007C2763">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Ffurflen ar gyfer cyflwyno rhaglenni AGA am achrediad proffesiynol gan CGA</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="4B0049B3" w14:textId="5E899DF4" w:rsidR="00902D8F" w:rsidRPr="00FC549F" w:rsidRDefault="00902D8F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6518310A" w14:textId="65458078" w:rsidR="00902D8F" w:rsidRPr="00FC549F" w:rsidRDefault="00394AB3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC549F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -415,88 +414,125 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>n y Meini Prawf yng ngoleuni’r weledigaeth</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC549F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387BFD" w:rsidRPr="00FC549F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6D1B57" w14:textId="77777777" w:rsidR="001B0091" w:rsidRPr="00FC549F" w:rsidRDefault="001B0091" w:rsidP="001B0091">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="3C6D1B57" w14:textId="77777777" w:rsidR="001B0091" w:rsidRPr="003C770A" w:rsidRDefault="001B0091" w:rsidP="00037BC1">
+      <w:pPr>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40BEA5A2" w14:textId="56C32BAF" w:rsidR="008525CD" w:rsidRPr="00FC549F" w:rsidRDefault="00E16D90" w:rsidP="00706433">
+    <w:p w14:paraId="40BEA5A2" w14:textId="0361082B" w:rsidR="008525CD" w:rsidRPr="00FC549F" w:rsidRDefault="00E16D90" w:rsidP="00706433">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC549F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
-        <w:t>Ni chaiff y ffurflen orffenedig fod yn fwy na chyfanswm o 80 tudalen. Ni ddylid cynnwys unrhyw hyperddolenni nac atodiadau.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:t xml:space="preserve">Ni chaiff y ffurflen orffenedig fod yn fwy na chyfanswm o </w:t>
+      </w:r>
+      <w:r w:rsidR="00037BC1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC549F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 tudalen. Ni ddylid cynnwys unrhyw </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC549F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>hyperddolenni</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC549F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nac atodiadau.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CE50733" w14:textId="77777777" w:rsidR="00706433" w:rsidRPr="00037BC1" w:rsidRDefault="00706433" w:rsidP="00037BC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29521714" w14:textId="29579602" w:rsidR="00F2108B" w:rsidRPr="00FC549F" w:rsidRDefault="00E16D90" w:rsidP="00220189">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC549F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -625,111 +661,123 @@
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Ni fydd rhaglenni sy’n cyrraedd ar ôl y dyddiad hwn yn cael eu hystyried</w:t>
       </w:r>
       <w:r w:rsidR="000455AC" w:rsidRPr="00FC549F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D4C354E" w14:textId="77777777" w:rsidR="00856AA6" w:rsidRPr="00FC549F" w:rsidRDefault="00856AA6" w:rsidP="006354B2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FA5BF68" w14:textId="647E0C12" w:rsidR="00856AA6" w:rsidRPr="00FC549F" w:rsidRDefault="00096F7E" w:rsidP="00F2108B">
+    <w:p w14:paraId="14AD0354" w14:textId="50594CA6" w:rsidR="00F2108B" w:rsidRDefault="00F2108B" w:rsidP="00706433">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00FC549F">
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CDE67E8" w14:textId="4B44DC76" w:rsidR="003C770A" w:rsidRDefault="003C770A" w:rsidP="00706433">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="009B6BC8" w:rsidRPr="00FC549F">
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BCA8903" w14:textId="13F71262" w:rsidR="003C770A" w:rsidRDefault="003C770A" w:rsidP="00706433">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00856AA6" w:rsidRPr="00FC549F">
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0888E85C" w14:textId="391B3616" w:rsidR="003C770A" w:rsidRDefault="003C770A" w:rsidP="00706433">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="14AD0354" w14:textId="77777777" w:rsidR="00F2108B" w:rsidRDefault="00F2108B" w:rsidP="00706433">
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63F6B13F" w14:textId="2D54DC66" w:rsidR="002B6B27" w:rsidRDefault="002B6B27" w:rsidP="00706433">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="2B9811E4" w14:textId="77777777" w:rsidR="002B6B27" w:rsidRDefault="002B6B27" w:rsidP="00706433">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42F66677" w14:textId="77777777" w:rsidR="003C770A" w:rsidRDefault="003C770A" w:rsidP="00706433">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="14564110" w14:textId="77777777" w:rsidR="00FC549F" w:rsidRPr="00394AB3" w:rsidRDefault="00FC549F" w:rsidP="00706433">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C655B72" w14:textId="6C357EAA" w:rsidR="005527E0" w:rsidRPr="00394AB3" w:rsidRDefault="00EF1CED" w:rsidP="005527E0">
+    <w:p w14:paraId="4C655B72" w14:textId="3D52BEE2" w:rsidR="005527E0" w:rsidRPr="00394AB3" w:rsidRDefault="00EF1CED" w:rsidP="002B6B27">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Crynodeb o’r r</w:t>
       </w:r>
       <w:r w:rsidR="009B6BC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
@@ -761,51 +809,50 @@
         <w:gridCol w:w="5805"/>
       </w:tblGrid>
       <w:tr w:rsidR="005527E0" w:rsidRPr="00394AB3" w14:paraId="7662F754" w14:textId="77777777" w:rsidTr="008F277C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D309E66" w14:textId="6644A6F4" w:rsidR="005527E0" w:rsidRPr="00394AB3" w:rsidRDefault="00B21472" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Manylion y bartneriaeth </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D39618E" w14:textId="5A45B1A2" w:rsidR="005527E0" w:rsidRPr="00EF1CED" w:rsidRDefault="00860099" w:rsidP="005527E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1CED">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00B21472" w:rsidRPr="00EF1CED">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
@@ -1511,65 +1558,65 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="389C1B2E" w14:textId="7D08EEA6" w:rsidR="00C167AF" w:rsidRPr="00394AB3" w:rsidRDefault="005527E0" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Ref127894227"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc129340786"/>
+      <w:bookmarkStart w:id="0" w:name="_Ref127894227"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc129340786"/>
       <w:r w:rsidR="009803D1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Strwythurau a phrosesau’r rhaglen </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="57CB8D06" w14:textId="77777777" w:rsidR="00857C09" w:rsidRPr="00394AB3" w:rsidRDefault="00857C09" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36EE0CCD" w14:textId="416D741D" w:rsidR="00743692" w:rsidRPr="00394AB3" w:rsidRDefault="009803D1" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1715,61 +1762,61 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Ref112399049"/>
-      <w:bookmarkStart w:id="4" w:name="_Toc129340787"/>
+      <w:bookmarkStart w:id="2" w:name="_Ref112399049"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc129340787"/>
       <w:r w:rsidR="00724798">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Arweinyddiaeth a rheolaeth y Bartneriaeth </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="28CBB832" w14:textId="77777777" w:rsidR="000B1135" w:rsidRPr="00394AB3" w:rsidRDefault="000B1135" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A6629EF" w14:textId="77777777" w:rsidR="00CE4A42" w:rsidRPr="00394AB3" w:rsidRDefault="00CE4A42" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C639283" w14:textId="77777777" w:rsidR="00D23865" w:rsidRPr="00394AB3" w:rsidRDefault="00D23865" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
@@ -2508,642 +2555,642 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Toc129340794"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc129340794"/>
       <w:r w:rsidR="00B1753A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Y weledigaeth ar gyfer dysgu</w:t>
       </w:r>
       <w:r w:rsidR="00246FD7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>’r</w:t>
       </w:r>
       <w:r w:rsidR="00B1753A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> athrawon dan hyfforddiant</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="22AE2EC8" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00394AB3" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F458008" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00394AB3" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="784D706B" w14:textId="53F19BCB" w:rsidR="002E1BCD" w:rsidRPr="00394AB3" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0027147A" w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24C1F" w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B1753A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>Nodau’r cwrs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DDEBDF1" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00394AB3" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7529B72A" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00394AB3" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C64C6AF" w14:textId="52B1BE87" w:rsidR="002E1BCD" w:rsidRPr="00394AB3" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0027147A" w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24C1F" w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00246FD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>Y m</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1753A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">athau o </w:t>
+      </w:r>
+      <w:r w:rsidR="00246FD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1753A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>wrs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21270E4E" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00394AB3" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="725C7AEF" w14:textId="77777777" w:rsidR="00A07817" w:rsidRPr="00394AB3" w:rsidRDefault="00A07817" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60E5104B" w14:textId="6CE5A53F" w:rsidR="00A07817" w:rsidRPr="00394AB3" w:rsidRDefault="00A07817" w:rsidP="00A07817">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>5.4</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Ref115192286"/>
+      <w:bookmarkStart w:id="6" w:name="_Ref115338358"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc129340797"/>
+      <w:r w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B1753A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>Dyluniad a meysydd astudio’r cwrs</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="5"/>
-    </w:p>
-[...230 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="4EAEF59F" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00394AB3" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2911AF94" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00394AB3" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="268979F0" w14:textId="25EA70B3" w:rsidR="009956F7" w:rsidRPr="00394AB3" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0060749B" w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>.5</w:t>
+      </w:r>
+      <w:r w:rsidR="0027147A" w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24C1F" w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B1753A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gofynion mynediad a gweithdrefnau dewis </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0317B65F" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00394AB3" w:rsidRDefault="00E22D1A" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FBC073F" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00394AB3" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B6EC03A" w14:textId="03B28383" w:rsidR="0060749B" w:rsidRPr="00394AB3" w:rsidRDefault="00A36F08" w:rsidP="0060749B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0027147A" w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.6 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24C1F" w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="_Toc129340799"/>
+      <w:r w:rsidR="00B1753A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Y Cwricwlwm i Gymru ac astudiaethau pwnc </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="4EAEF59F" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00394AB3" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
-[...25 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="52D12E5C" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00394AB3" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DEC6F97" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00394AB3" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3281CA79" w14:textId="780655E7" w:rsidR="002E1BCD" w:rsidRPr="00394AB3" w:rsidRDefault="00A36F08" w:rsidP="00F920C9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="0060749B" w:rsidRPr="00394AB3">
-[...8 lines deleted...]
-      </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.7 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B1753A">
-[...30 lines deleted...]
-    <w:p w14:paraId="2B6EC03A" w14:textId="03B28383" w:rsidR="0060749B" w:rsidRPr="00394AB3" w:rsidRDefault="00A36F08" w:rsidP="0060749B">
+      <w:bookmarkStart w:id="9" w:name="_Toc129340800"/>
+      <w:r w:rsidR="00D255CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nodi a bodloni anghenion dysgwyr ag Anghenion Dysgu Ychwanegol </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="38415CE6" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00394AB3" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E95AE55" w14:textId="77777777" w:rsidR="00032D1C" w:rsidRPr="00394AB3" w:rsidRDefault="00032D1C" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F4DD75C" w14:textId="06895C82" w:rsidR="009956F7" w:rsidRPr="00394AB3" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0027147A" w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.8 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24C1F" w:rsidRPr="00394AB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D255CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>Lles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="384BAE27" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00394AB3" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A64DDD1" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00394AB3" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="524BDF97" w14:textId="1A8CC797" w:rsidR="00037BC1" w:rsidRPr="001E133F" w:rsidRDefault="00A36F08" w:rsidP="001E133F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="cy-GB" w:eastAsia="en-GB"/>
+          <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0027147A" w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">.6 </w:t>
+        <w:t xml:space="preserve">.9 </w:t>
       </w:r>
       <w:r w:rsidR="00A24C1F" w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_Toc129340799"/>
-[...59 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="_Toc129340800"/>
+      <w:bookmarkStart w:id="10" w:name="_Ref115192337"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc129340802"/>
       <w:r w:rsidR="00D255CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nodi a bodloni anghenion dysgwyr ag Anghenion Dysgu Ychwanegol </w:t>
+        <w:t xml:space="preserve">Cynnwys y rhaglen </w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
-    </w:p>
-[...130 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="11"/>
-      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="4C6DEF50" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00394AB3" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3082B810" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00394AB3" w:rsidRDefault="00F920C9" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21DC1C26" w14:textId="469AFF67" w:rsidR="00693BC0" w:rsidRPr="00394AB3" w:rsidRDefault="00A36F08" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3234,258 +3281,249 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00693BC0" w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>.11</w:t>
       </w:r>
       <w:r w:rsidR="00693BC0" w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="_Toc129340804"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc129340804"/>
       <w:r w:rsidR="007129A7" w:rsidRPr="007129A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Deddf Cydraddoldeb 2010, Confensiwn y Cenhedloedd Unedig ar Hawliau’r Plentyn (CCUHP) a Chonfensiwn y Cenhedloedd Unedig ar Hawliau Pobl ag Anableddau (UNCRPD</w:t>
       </w:r>
       <w:r w:rsidR="0060749B" w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="0060749B" w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="509A492D" w14:textId="77777777" w:rsidR="00F920C9" w:rsidRPr="00394AB3" w:rsidRDefault="00F920C9" w:rsidP="0060749B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49F62CFF" w14:textId="77777777" w:rsidR="00CD1F99" w:rsidRPr="00394AB3" w:rsidRDefault="00CD1F99" w:rsidP="0060749B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="042910D3" w14:textId="7793AFB8" w:rsidR="0060749B" w:rsidRPr="00394AB3" w:rsidRDefault="0060749B" w:rsidP="0060749B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc129340805"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc129340805"/>
       <w:r w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>5.12</w:t>
       </w:r>
       <w:r w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>As</w:t>
       </w:r>
       <w:r w:rsidR="00D255CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">esu athrawon dan hyfforddiant </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="36772E7E" w14:textId="77777777" w:rsidR="0060749B" w:rsidRPr="00394AB3" w:rsidRDefault="0060749B" w:rsidP="0060749B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="153F6853" w14:textId="77777777" w:rsidR="00E22D1A" w:rsidRPr="00394AB3" w:rsidRDefault="00E22D1A" w:rsidP="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C91F5BE" w14:textId="08FD697F" w:rsidR="00E22D1A" w:rsidRPr="00394AB3" w:rsidRDefault="00C37B40" w:rsidP="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Arall</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="468D5FB3" w14:textId="4F48347D" w:rsidR="00E22D1A" w:rsidRPr="00394AB3" w:rsidRDefault="00C37B40" w:rsidP="00E22D1A">
-[...24 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="468D5FB3" w14:textId="77892452" w:rsidR="00E22D1A" w:rsidRPr="00394AB3" w:rsidRDefault="001E133F" w:rsidP="00E22D1A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E133F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>Darparwch unrhyw wybodaeth berthnasol arall yr hoffech i’r pwyllgor ei hystyried. Gallai fod yn ddefnyddiol i'r pwyllgor os gallwch ddarparu 'enghraifft wedi'i gweithio drwodd' o ddiwrnodau neu weithgareddau allweddol o fewn y rhaglen.</w:t>
       </w:r>
       <w:r w:rsidR="00E22D1A" w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="389D4286" w14:textId="00CA11B1" w:rsidR="00CE4A42" w:rsidRPr="00394AB3" w:rsidRDefault="003477C2" w:rsidP="00F920C9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Ref116634433"/>
-      <w:bookmarkStart w:id="16" w:name="_Toc129340807"/>
+      <w:bookmarkStart w:id="14" w:name="_Ref116634433"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc129340807"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Deilliannau’r</w:t>
       </w:r>
       <w:r w:rsidR="00822190">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> rhaglen </w:t>
       </w:r>
       <w:r w:rsidR="004E0920" w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">‒ </w:t>
       </w:r>
       <w:r w:rsidR="00D04601">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>safonau ar gyfer statws athro c</w:t>
       </w:r>
       <w:r w:rsidR="00822190">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ymwysedig </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
-      <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidR="003B5B5E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>(SAC)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="040DE91F" w14:textId="2B409BDE" w:rsidR="003227F9" w:rsidRPr="00394AB3" w:rsidRDefault="000C2EB9" w:rsidP="003227F9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Darparwch wybodaeth o dan bob un o’r penawdau isod</w:t>
@@ -3610,418 +3648,620 @@
           <w:lang w:val="cy-GB" w:eastAsia="en-GB" w:bidi="kn-IN"/>
         </w:rPr>
         <w:t>hrededig eu cyflawni er mwyn i statws athro c</w:t>
       </w:r>
       <w:r w:rsidR="005F0950">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB" w:eastAsia="en-GB" w:bidi="kn-IN"/>
         </w:rPr>
         <w:t>ymwysedig (SAC) gael ei ddyfarnu iddynt. Dangoswch sut bydd y rhaglen yn hwyluso cyflawni’r deilliannau dysgu o dan bob pennawd.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="441C2FD2" w14:textId="77777777" w:rsidR="009956F7" w:rsidRPr="00394AB3" w:rsidRDefault="009956F7" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0863613C" w14:textId="641CC69F" w:rsidR="00CE4A42" w:rsidRPr="00394AB3" w:rsidRDefault="00580BA5" w:rsidP="00C167AF">
+    <w:p w14:paraId="1055B294" w14:textId="3E7B5A67" w:rsidR="003C770A" w:rsidRDefault="003C770A" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C770A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7349">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C770A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00037BC1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003C770A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>Cyrraedd y safonau ar gyfer statws athro cymwysedig</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3FFEE0" w14:textId="1D4804B3" w:rsidR="003C770A" w:rsidRDefault="003C770A" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9628"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00037BC1" w14:paraId="53E30998" w14:textId="77777777" w:rsidTr="00BC3464">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="198D1172" w14:textId="3B1E5A63" w:rsidR="00037BC1" w:rsidRPr="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Addysgeg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037BC1" w14:paraId="08088E62" w14:textId="77777777" w:rsidTr="00BC3464">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47F3FB7D" w14:textId="77777777" w:rsidR="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7603BA22" w14:textId="77777777" w:rsidR="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037BC1" w14:paraId="1916A55A" w14:textId="77777777" w:rsidTr="00BC3464">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B4B0BF5" w14:textId="77777777" w:rsidR="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037BC1" w14:paraId="5BD6AC16" w14:textId="77777777" w:rsidTr="00BC3464">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14D21E07" w14:textId="4782F07A" w:rsidR="00037BC1" w:rsidRPr="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394AB3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ydweithredu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037BC1" w14:paraId="7056C21F" w14:textId="77777777" w:rsidTr="00BC3464">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5594B503" w14:textId="77777777" w:rsidR="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44F118F1" w14:textId="77777777" w:rsidR="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037BC1" w14:paraId="09C07F0F" w14:textId="77777777" w:rsidTr="00BC3464">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B6200AB" w14:textId="77777777" w:rsidR="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037BC1" w14:paraId="2F3D0D97" w14:textId="77777777" w:rsidTr="00BC3464">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38D71B3F" w14:textId="099C4C80" w:rsidR="00037BC1" w:rsidRPr="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arloesi </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037BC1" w14:paraId="547B4B62" w14:textId="77777777" w:rsidTr="00BC3464">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="543F1B31" w14:textId="77777777" w:rsidR="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14030FA1" w14:textId="77777777" w:rsidR="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037BC1" w14:paraId="5D87075B" w14:textId="77777777" w:rsidTr="00BC3464">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1907DBC6" w14:textId="77777777" w:rsidR="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037BC1" w14:paraId="3BF8421F" w14:textId="77777777" w:rsidTr="00BC3464">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20321264" w14:textId="6423D3A3" w:rsidR="00037BC1" w:rsidRPr="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Dysgu proffesiynol</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037BC1" w14:paraId="2A101322" w14:textId="77777777" w:rsidTr="00BC3464">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E0D7727" w14:textId="77777777" w:rsidR="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25A0EF7B" w14:textId="77777777" w:rsidR="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037BC1" w14:paraId="28F7C355" w14:textId="77777777" w:rsidTr="00BC3464">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45BAC3D6" w14:textId="77777777" w:rsidR="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037BC1" w14:paraId="4FEF77C5" w14:textId="77777777" w:rsidTr="00BC3464">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="440D5E82" w14:textId="111A581B" w:rsidR="00037BC1" w:rsidRPr="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arweinyddiaeth </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037BC1" w14:paraId="27E52203" w14:textId="77777777" w:rsidTr="00BC3464">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D2928A" w14:textId="77777777" w:rsidR="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="194C8709" w14:textId="77777777" w:rsidR="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00BC3464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6EE9145A" w14:textId="77777777" w:rsidR="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="334802DE" w14:textId="420A738B" w:rsidR="00CE4A42" w:rsidRDefault="00037BC1" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
-        <w:t>Addysgeg</w:t>
-[...130 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">6.2 </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Arloesi </w:t>
-[...46 lines deleted...]
-    <w:p w14:paraId="68CBC2C3" w14:textId="72530228" w:rsidR="00CE4A42" w:rsidRPr="00394AB3" w:rsidRDefault="005B3AEA" w:rsidP="00C167AF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00037BC1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>Safonau ar gyfer sefydlu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="537912CD" w14:textId="66D33257" w:rsidR="00037BC1" w:rsidRDefault="00037BC1" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F3F14B6" w14:textId="77777777" w:rsidR="00037BC1" w:rsidRPr="00394AB3" w:rsidRDefault="00037BC1" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CA2D0FE" w14:textId="06FFDC81" w:rsidR="00E22D1A" w:rsidRPr="00394AB3" w:rsidRDefault="005B3AEA" w:rsidP="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
-        <w:t>Dysgu proffesiynol</w:t>
-[...50 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">Arall </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D389204" w14:textId="7CC6473F" w:rsidR="00EC786D" w:rsidRPr="00394AB3" w:rsidRDefault="005B3AEA" w:rsidP="00E22D1A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...83 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>Darparwch unrhyw wybodaeth berthnasol arall yr hoffech i’r pwyllgor ei hystyried</w:t>
       </w:r>
       <w:r w:rsidR="00635A4E" w:rsidRPr="00394AB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FFF4E68" w14:textId="406FBE6D" w:rsidR="00801760" w:rsidRPr="00394AB3" w:rsidRDefault="00801760" w:rsidP="00E22D1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
@@ -4059,73 +4299,62 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="223A0AA2" w14:textId="77777777" w:rsidR="00DA0635" w:rsidRPr="00394AB3" w:rsidRDefault="00DA0635" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27B6AA7E" w14:textId="77777777" w:rsidR="00DA0635" w:rsidRPr="00394AB3" w:rsidRDefault="00DA0635" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25B75BBF" w14:textId="77777777" w:rsidR="00DA0635" w:rsidRPr="00394AB3" w:rsidRDefault="00DA0635" w:rsidP="00C167AF">
-[...21 lines deleted...]
-    <w:p w14:paraId="7F731F8F" w14:textId="77777777" w:rsidR="00DA0635" w:rsidRPr="00394AB3" w:rsidRDefault="00DA0635" w:rsidP="00C167AF">
+    <w:p w14:paraId="7F731F8F" w14:textId="25FF64C7" w:rsidR="00DA0635" w:rsidRDefault="00DA0635" w:rsidP="00C167AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51C9F27F" w14:textId="77777777" w:rsidR="00037BC1" w:rsidRPr="00394AB3" w:rsidRDefault="00037BC1" w:rsidP="00C167AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F412E23" w14:textId="77777777" w:rsidR="00AC3357" w:rsidRPr="00AC3357" w:rsidRDefault="00AC3357" w:rsidP="00AC3357">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC3357">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -4138,229 +4367,384 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="57F8DD87" w14:textId="69B0BC1F" w:rsidR="000169D4" w:rsidRPr="00894854" w:rsidRDefault="00AC3357" w:rsidP="00AC3357">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC3357">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
         <w:t>This document is also available in English.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="000169D4" w:rsidRPr="00894854" w:rsidSect="001E417A">
+    <w:sectPr w:rsidR="000169D4" w:rsidRPr="00894854" w:rsidSect="00CA7349">
       <w:footerReference w:type="default" r:id="rId11"/>
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="009E4F08" w14:textId="77777777" w:rsidR="00EA7AF9" w:rsidRDefault="00EA7AF9" w:rsidP="00B91D4A">
+    <w:p w14:paraId="1F215F49" w14:textId="77777777" w:rsidR="00A66EAC" w:rsidRDefault="00A66EAC" w:rsidP="00B91D4A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F101D93" w14:textId="77777777" w:rsidR="00EA7AF9" w:rsidRDefault="00EA7AF9" w:rsidP="00B91D4A">
+    <w:p w14:paraId="69EA5AF6" w14:textId="77777777" w:rsidR="00A66EAC" w:rsidRDefault="00A66EAC" w:rsidP="00B91D4A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tunga">
-    <w:altName w:val="Cambria"/>
+    <w:altName w:val="Tunga"/>
     <w:panose1 w:val="00000400000000000000"/>
-    <w:charset w:val="01"/>
-[...1 lines deleted...]
-    <w:notTrueType/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00400003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="103554F4" w14:textId="77777777" w:rsidR="00B91D4A" w:rsidRDefault="00B91D4A" w:rsidP="00B91D4A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1041105032"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="5EEFDD42" w14:textId="41771F99" w:rsidR="00CA7349" w:rsidRDefault="00CA7349">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="103554F4" w14:textId="215BEF16" w:rsidR="00B91D4A" w:rsidRDefault="00B91D4A" w:rsidP="00B91D4A">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:i/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...5 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="113135BA" w14:textId="12CD4DBF" w:rsidR="001E417A" w:rsidRDefault="009B6BC8" w:rsidP="001E417A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1110277465"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="7DFBDDC3" w14:textId="0F631A2F" w:rsidR="002B6B27" w:rsidRDefault="002B6B27">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00CA7349">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="5DEA14E7" w14:textId="61831CFC" w:rsidR="002B6B27" w:rsidRPr="0059300F" w:rsidRDefault="002B6B27" w:rsidP="0059300F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="1509C8A6" w14:textId="77777777" w:rsidR="00A66EAC" w:rsidRDefault="00A66EAC" w:rsidP="00B91D4A">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="041E151F" w14:textId="77777777" w:rsidR="00A66EAC" w:rsidRDefault="00A66EAC" w:rsidP="00B91D4A">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4E3D7663" w14:textId="7F28D44F" w:rsidR="00B36BB6" w:rsidRDefault="00B36BB6" w:rsidP="00B36BB6">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+      </w:rPr>
     </w:pPr>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:i/>
       </w:rPr>
       <w:t>Ebrill</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:i/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> 2023</w:t>
     </w:r>
-    <w:r w:rsidR="00AE382B">
+  </w:p>
+  <w:p w14:paraId="26F3A1E3" w14:textId="6B9646D9" w:rsidR="00B36BB6" w:rsidRPr="00B36BB6" w:rsidRDefault="00B36BB6" w:rsidP="00B36BB6">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:i/>
       </w:rPr>
-      <w:t>2023</w:t>
+    </w:pPr>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="0059300F">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+      </w:rPr>
+      <w:t>Wedi</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="0059300F">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="0059300F">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+      </w:rPr>
+      <w:t>adolygu</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="0059300F">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="0059300F">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+      </w:rPr>
+      <w:t>Awst</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="0059300F">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
   </w:p>
-</w:ftr>
-[...18 lines deleted...]
-</w:footnotes>
+  <w:p w14:paraId="72269C0C" w14:textId="77777777" w:rsidR="00B36BB6" w:rsidRDefault="00B36BB6">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="099E34EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FCFC0AC6"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4917,175 +5301,183 @@
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:suff w:val="space"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A760B8"/>
     <w:rsid w:val="0000033E"/>
     <w:rsid w:val="00000BA4"/>
     <w:rsid w:val="00004CE9"/>
     <w:rsid w:val="00013980"/>
     <w:rsid w:val="000169D4"/>
     <w:rsid w:val="00032D1C"/>
     <w:rsid w:val="000357E6"/>
     <w:rsid w:val="00035E48"/>
+    <w:rsid w:val="00037BC1"/>
     <w:rsid w:val="000455AC"/>
     <w:rsid w:val="00061C5A"/>
     <w:rsid w:val="00063E61"/>
     <w:rsid w:val="00075B5A"/>
     <w:rsid w:val="0009343F"/>
     <w:rsid w:val="00096C7D"/>
     <w:rsid w:val="00096F7E"/>
     <w:rsid w:val="000B1135"/>
     <w:rsid w:val="000B3181"/>
     <w:rsid w:val="000C22AC"/>
     <w:rsid w:val="000C2EB9"/>
     <w:rsid w:val="000E16CD"/>
     <w:rsid w:val="000E34FD"/>
     <w:rsid w:val="000E7484"/>
     <w:rsid w:val="00125A54"/>
     <w:rsid w:val="00145F36"/>
     <w:rsid w:val="001479CF"/>
     <w:rsid w:val="00151D59"/>
     <w:rsid w:val="001538EE"/>
     <w:rsid w:val="00175F56"/>
+    <w:rsid w:val="001805E9"/>
     <w:rsid w:val="001A13DF"/>
     <w:rsid w:val="001B0091"/>
     <w:rsid w:val="001C0C57"/>
     <w:rsid w:val="001C4C70"/>
     <w:rsid w:val="001D34BC"/>
+    <w:rsid w:val="001E133F"/>
     <w:rsid w:val="001E417A"/>
     <w:rsid w:val="0020048A"/>
     <w:rsid w:val="002070D0"/>
     <w:rsid w:val="00220189"/>
     <w:rsid w:val="002222D8"/>
     <w:rsid w:val="002312D1"/>
     <w:rsid w:val="00232239"/>
     <w:rsid w:val="00244055"/>
     <w:rsid w:val="00246FD7"/>
     <w:rsid w:val="0026414A"/>
     <w:rsid w:val="00270FB6"/>
     <w:rsid w:val="0027146F"/>
     <w:rsid w:val="0027147A"/>
     <w:rsid w:val="00272BFD"/>
     <w:rsid w:val="00291C71"/>
     <w:rsid w:val="002A2769"/>
     <w:rsid w:val="002A6EEA"/>
+    <w:rsid w:val="002B6B27"/>
     <w:rsid w:val="002D7E67"/>
     <w:rsid w:val="002E1476"/>
     <w:rsid w:val="002E1BCD"/>
     <w:rsid w:val="003151D5"/>
     <w:rsid w:val="003227F9"/>
     <w:rsid w:val="0034539D"/>
     <w:rsid w:val="003477C2"/>
     <w:rsid w:val="00352C51"/>
     <w:rsid w:val="00366942"/>
     <w:rsid w:val="00370100"/>
     <w:rsid w:val="00371750"/>
     <w:rsid w:val="00385A03"/>
     <w:rsid w:val="00387BFD"/>
     <w:rsid w:val="00394AB3"/>
     <w:rsid w:val="003A1A24"/>
     <w:rsid w:val="003B0178"/>
     <w:rsid w:val="003B5B5E"/>
     <w:rsid w:val="003B787B"/>
     <w:rsid w:val="003C317B"/>
+    <w:rsid w:val="003C770A"/>
     <w:rsid w:val="003E771F"/>
     <w:rsid w:val="003F0D2A"/>
     <w:rsid w:val="00401C4D"/>
     <w:rsid w:val="004167CF"/>
     <w:rsid w:val="0044760F"/>
     <w:rsid w:val="00464E48"/>
     <w:rsid w:val="004823FA"/>
     <w:rsid w:val="004A78D8"/>
     <w:rsid w:val="004D1E5F"/>
     <w:rsid w:val="004D26FB"/>
     <w:rsid w:val="004E0920"/>
     <w:rsid w:val="004E32C6"/>
     <w:rsid w:val="00523410"/>
     <w:rsid w:val="00532269"/>
     <w:rsid w:val="00541258"/>
     <w:rsid w:val="005527E0"/>
     <w:rsid w:val="00580BA5"/>
     <w:rsid w:val="00582A75"/>
+    <w:rsid w:val="0059300F"/>
     <w:rsid w:val="005A1458"/>
     <w:rsid w:val="005B3AEA"/>
     <w:rsid w:val="005B3FE1"/>
     <w:rsid w:val="005C6797"/>
     <w:rsid w:val="005D0FCC"/>
     <w:rsid w:val="005D2070"/>
     <w:rsid w:val="005D43C6"/>
     <w:rsid w:val="005F0950"/>
     <w:rsid w:val="006039EE"/>
-    <w:rsid w:val="00603A95"/>
     <w:rsid w:val="0060749B"/>
     <w:rsid w:val="0062223E"/>
     <w:rsid w:val="00627008"/>
     <w:rsid w:val="006354B2"/>
     <w:rsid w:val="00635A4E"/>
     <w:rsid w:val="0066037A"/>
     <w:rsid w:val="00661369"/>
     <w:rsid w:val="006769D2"/>
     <w:rsid w:val="006815BE"/>
     <w:rsid w:val="00693BC0"/>
     <w:rsid w:val="006A2DEA"/>
     <w:rsid w:val="006A575A"/>
     <w:rsid w:val="006D3D87"/>
     <w:rsid w:val="006E08E5"/>
     <w:rsid w:val="006E36CC"/>
     <w:rsid w:val="006E536B"/>
     <w:rsid w:val="006F00C6"/>
     <w:rsid w:val="00706433"/>
     <w:rsid w:val="007129A7"/>
     <w:rsid w:val="007171A2"/>
     <w:rsid w:val="00724798"/>
     <w:rsid w:val="00732C32"/>
     <w:rsid w:val="00733C9A"/>
     <w:rsid w:val="00741F0D"/>
     <w:rsid w:val="00743692"/>
@@ -5114,193 +5506,198 @@
     <w:rsid w:val="008962D4"/>
     <w:rsid w:val="008E5BA5"/>
     <w:rsid w:val="008F277C"/>
     <w:rsid w:val="00902029"/>
     <w:rsid w:val="00902D8F"/>
     <w:rsid w:val="009041DA"/>
     <w:rsid w:val="00916475"/>
     <w:rsid w:val="009170CA"/>
     <w:rsid w:val="00930961"/>
     <w:rsid w:val="00964C4E"/>
     <w:rsid w:val="009760AA"/>
     <w:rsid w:val="009803D1"/>
     <w:rsid w:val="0098643B"/>
     <w:rsid w:val="009956F7"/>
     <w:rsid w:val="009B3A26"/>
     <w:rsid w:val="009B6BC8"/>
     <w:rsid w:val="009E73D7"/>
     <w:rsid w:val="00A07817"/>
     <w:rsid w:val="00A16AEC"/>
     <w:rsid w:val="00A23DCE"/>
     <w:rsid w:val="00A24C1F"/>
     <w:rsid w:val="00A3237C"/>
     <w:rsid w:val="00A36F08"/>
     <w:rsid w:val="00A44257"/>
     <w:rsid w:val="00A6179A"/>
+    <w:rsid w:val="00A66EAC"/>
     <w:rsid w:val="00A67E5B"/>
     <w:rsid w:val="00A760B8"/>
     <w:rsid w:val="00A80597"/>
     <w:rsid w:val="00A835A8"/>
     <w:rsid w:val="00A92ACC"/>
     <w:rsid w:val="00AB575A"/>
     <w:rsid w:val="00AC2690"/>
     <w:rsid w:val="00AC3357"/>
     <w:rsid w:val="00AC450C"/>
     <w:rsid w:val="00AC5F46"/>
     <w:rsid w:val="00AD4C98"/>
     <w:rsid w:val="00AD6708"/>
     <w:rsid w:val="00AE382B"/>
     <w:rsid w:val="00B01473"/>
     <w:rsid w:val="00B06FEA"/>
     <w:rsid w:val="00B10511"/>
     <w:rsid w:val="00B15C9E"/>
     <w:rsid w:val="00B1753A"/>
     <w:rsid w:val="00B21472"/>
     <w:rsid w:val="00B24D94"/>
     <w:rsid w:val="00B27689"/>
+    <w:rsid w:val="00B36BB6"/>
     <w:rsid w:val="00B54DA9"/>
     <w:rsid w:val="00B60F94"/>
     <w:rsid w:val="00B75C7F"/>
     <w:rsid w:val="00B7620A"/>
     <w:rsid w:val="00B86DF0"/>
     <w:rsid w:val="00B91D4A"/>
     <w:rsid w:val="00B92AC4"/>
     <w:rsid w:val="00BA4547"/>
     <w:rsid w:val="00BB5E1E"/>
     <w:rsid w:val="00BE2B80"/>
     <w:rsid w:val="00BF5BD9"/>
     <w:rsid w:val="00BF7629"/>
     <w:rsid w:val="00C02026"/>
     <w:rsid w:val="00C10A07"/>
     <w:rsid w:val="00C167AF"/>
     <w:rsid w:val="00C37B40"/>
     <w:rsid w:val="00C44228"/>
     <w:rsid w:val="00C45901"/>
     <w:rsid w:val="00C7135F"/>
     <w:rsid w:val="00C80CAB"/>
+    <w:rsid w:val="00CA7349"/>
     <w:rsid w:val="00CB1450"/>
     <w:rsid w:val="00CD1F99"/>
     <w:rsid w:val="00CE273C"/>
     <w:rsid w:val="00CE4A42"/>
     <w:rsid w:val="00CE7FFC"/>
     <w:rsid w:val="00D04601"/>
     <w:rsid w:val="00D05573"/>
     <w:rsid w:val="00D23865"/>
     <w:rsid w:val="00D252BA"/>
     <w:rsid w:val="00D255CD"/>
     <w:rsid w:val="00D27F37"/>
     <w:rsid w:val="00D30718"/>
     <w:rsid w:val="00D33E3E"/>
     <w:rsid w:val="00D42BB5"/>
     <w:rsid w:val="00D457F0"/>
     <w:rsid w:val="00D473A9"/>
+    <w:rsid w:val="00D552B0"/>
     <w:rsid w:val="00D55FA5"/>
     <w:rsid w:val="00D563D5"/>
     <w:rsid w:val="00D74B06"/>
     <w:rsid w:val="00D81DC4"/>
     <w:rsid w:val="00D82C9C"/>
     <w:rsid w:val="00D84FC0"/>
     <w:rsid w:val="00DA0635"/>
     <w:rsid w:val="00DB5989"/>
     <w:rsid w:val="00DD68BA"/>
     <w:rsid w:val="00DF2075"/>
     <w:rsid w:val="00E02AD3"/>
     <w:rsid w:val="00E04BA0"/>
     <w:rsid w:val="00E16D90"/>
     <w:rsid w:val="00E22D1A"/>
     <w:rsid w:val="00E23829"/>
     <w:rsid w:val="00E31F76"/>
     <w:rsid w:val="00E320E0"/>
     <w:rsid w:val="00E660FB"/>
     <w:rsid w:val="00E843FE"/>
     <w:rsid w:val="00E85ECE"/>
     <w:rsid w:val="00EA7AF9"/>
     <w:rsid w:val="00EB2B12"/>
     <w:rsid w:val="00EC0818"/>
     <w:rsid w:val="00EC786D"/>
     <w:rsid w:val="00EE0F0C"/>
     <w:rsid w:val="00EE1B13"/>
     <w:rsid w:val="00EE3248"/>
     <w:rsid w:val="00EF1CED"/>
     <w:rsid w:val="00F068CC"/>
     <w:rsid w:val="00F1032B"/>
     <w:rsid w:val="00F1089C"/>
     <w:rsid w:val="00F11FFA"/>
     <w:rsid w:val="00F2108B"/>
     <w:rsid w:val="00F22F89"/>
     <w:rsid w:val="00F63B2B"/>
     <w:rsid w:val="00F63CE9"/>
     <w:rsid w:val="00F8013A"/>
     <w:rsid w:val="00F85A24"/>
     <w:rsid w:val="00F920C9"/>
+    <w:rsid w:val="00F94434"/>
     <w:rsid w:val="00FA26FE"/>
     <w:rsid w:val="00FC549F"/>
     <w:rsid w:val="00FD02AB"/>
     <w:rsid w:val="00FD6C1B"/>
     <w:rsid w:val="00FE0523"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="kn-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="68A100B8"/>
   <w15:docId w15:val="{89FCED2D-8146-4E91-B7D8-BA9CFA65C2B8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5356,95 +5753,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
@@ -5622,50 +6022,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Heading3"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E660FB"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="240"/>
@@ -5931,77 +6332,296 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC2690"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E16D90"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ts-alignment-element">
+    <w:name w:val="ts-alignment-element"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="003C770A"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ts-alignment-element-highlighted">
+    <w:name w:val="ts-alignment-element-highlighted"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="003C770A"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
+    <w:div w:id="908148406">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="514348770">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="621617959">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1949048184">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="287198423">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="401223880">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1605728772">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1245912569">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1067074947">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="480658712">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                          <w:divsChild>
+                                            <w:div w:id="1125655632">
+                                              <w:marLeft w:val="0"/>
+                                              <w:marRight w:val="0"/>
+                                              <w:marTop w:val="0"/>
+                                              <w:marBottom w:val="0"/>
+                                              <w:divBdr>
+                                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                              </w:divBdr>
+                                              <w:divsChild>
+                                                <w:div w:id="617107730">
+                                                  <w:marLeft w:val="0"/>
+                                                  <w:marRight w:val="0"/>
+                                                  <w:marTop w:val="0"/>
+                                                  <w:marBottom w:val="0"/>
+                                                  <w:divBdr>
+                                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                  </w:divBdr>
+                                                  <w:divsChild>
+                                                    <w:div w:id="1477532639">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                      <w:divsChild>
+                                                        <w:div w:id="973296037">
+                                                          <w:marLeft w:val="0"/>
+                                                          <w:marRight w:val="0"/>
+                                                          <w:marTop w:val="0"/>
+                                                          <w:marBottom w:val="0"/>
+                                                          <w:divBdr>
+                                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                          </w:divBdr>
+                                                          <w:divsChild>
+                                                            <w:div w:id="349530965">
+                                                              <w:marLeft w:val="0"/>
+                                                              <w:marRight w:val="0"/>
+                                                              <w:marTop w:val="0"/>
+                                                              <w:marBottom w:val="0"/>
+                                                              <w:divBdr>
+                                                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                              </w:divBdr>
+                                                            </w:div>
+                                                          </w:divsChild>
+                                                        </w:div>
+                                                      </w:divsChild>
+                                                    </w:div>
+                                                  </w:divsChild>
+                                                </w:div>
+                                              </w:divsChild>
+                                            </w:div>
+                                          </w:divsChild>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1610427451">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:achreduaga@cga.cymru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:achreduaga@cga.cymru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6254,50 +6874,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EABE64769E35634D951628394308274F" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a248524ab88247c2545259a5e78550df">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="90a37204-2a25-44cd-a25f-32bc15b9ed6a" xmlns:ns3="f4a94fe2-40f4-40c0-96fb-e0d6ec2b6713" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="37b2c286fd6b9a994e74f61c7d221e1e" ns2:_="" ns3:_="">
     <xsd:import namespace="90a37204-2a25-44cd-a25f-32bc15b9ed6a"/>
     <xsd:import namespace="f4a94fe2-40f4-40c0-96fb-e0d6ec2b6713"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
@@ -6490,107 +7119,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CACC31FD-0F99-4FFA-B547-9DAA9E052538}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{587D5E52-045F-4158-A155-692D23048280}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="90a37204-2a25-44cd-a25f-32bc15b9ed6a"/>
     <ds:schemaRef ds:uri="f4a94fe2-40f4-40c0-96fb-e0d6ec2b6713"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>721</Words>
-  <Characters>4016</Characters>
+  <Words>740</Words>
+  <Characters>4146</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4728</CharactersWithSpaces>
+  <CharactersWithSpaces>4877</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Hayden Llewellyn</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>